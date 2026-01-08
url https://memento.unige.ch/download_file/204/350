--- v0 (2025-11-21)
+++ v1 (2026-01-08)
@@ -1,1479 +1,1507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10208" w:type="dxa"/>
         <w:tblInd w:w="-709" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="5529"/>
         <w:gridCol w:w="3970"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B0946" w:rsidTr="00D061CC">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="008B0946" w14:paraId="675BB2BF" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3C2A" w:rsidRPr="00AA3C2A" w:rsidRDefault="00097D71" w:rsidP="00EF615C">
+          <w:p w14:paraId="2F9D1C81" w14:textId="0AFE2DF8" w:rsidR="00AA3C2A" w:rsidRPr="00AA3C2A" w:rsidRDefault="00CB104B" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431C79">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:position w:val="6"/>
-                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="328930" cy="541020"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C90851B" wp14:editId="3F036EC5">
+                  <wp:extent cx="323850" cy="533400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Image 1"/>
+                  <wp:docPr id="1" name="Image 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="328930" cy="541020"/>
+                            <a:ext cx="323850" cy="533400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A137AD" w:rsidRDefault="00A137AD" w:rsidP="00306301">
+          <w:p w14:paraId="395B4845" w14:textId="77777777" w:rsidR="00A137AD" w:rsidRDefault="00A137AD" w:rsidP="00306301">
             <w:pPr>
               <w:pStyle w:val="sigle0"/>
             </w:pPr>
             <w:r>
               <w:t>republique et canton de gene</w:t>
             </w:r>
             <w:r w:rsidRPr="0024538B">
               <w:t>ve</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA1816" w:rsidRPr="00AA1816" w:rsidRDefault="00AA1816" w:rsidP="00306301">
+          <w:p w14:paraId="7DF05CE0" w14:textId="77777777" w:rsidR="00AA1816" w:rsidRPr="00AA1816" w:rsidRDefault="00AA1816" w:rsidP="00306301">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA1816">
               <w:t>Département des finances</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="008B0946" w:rsidRPr="005F1501" w:rsidRDefault="00AA1816" w:rsidP="00306301">
+            <w:r w:rsidR="00EF1E5F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D96841">
+              <w:t>des ressources humaines</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:br/>
+              <w:t>des affaires extérieures</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0927E71A" w14:textId="77777777" w:rsidR="008B0946" w:rsidRPr="005F1501" w:rsidRDefault="00AA1816" w:rsidP="00306301">
             <w:pPr>
               <w:pStyle w:val="Office"/>
             </w:pPr>
             <w:r>
               <w:t>Office du personnel de l'Etat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008B0946" w:rsidRPr="00473342" w:rsidRDefault="00EF615C" w:rsidP="00473342">
+          <w:p w14:paraId="5AD98F4F" w14:textId="77777777" w:rsidR="008B0946" w:rsidRPr="00473342" w:rsidRDefault="00EF615C" w:rsidP="00473342">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="113"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473342">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DEMANDE D'EVALUATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF615C" w:rsidTr="00EF615C">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w14:paraId="40CC8014" w14:textId="77777777" w:rsidTr="00EF615C">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00431C79" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="43E53C8D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00431C79" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:position w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="4C50CE08" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:pStyle w:val="sigle0"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0" w:after="60"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="52FCD675" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF615C">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intitulé actuel de </w:t>
-[...23 lines deleted...]
-            </w:smartTag>
+              <w:t>Intitulé actuel de la fonction</w:t>
+            </w:r>
+            <w:r w:rsidR="00363936">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>SESREM</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF615C">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Texte1"/>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BF1C83" w:rsidRPr="007C388A">
-[...3 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007C388A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-[...35 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="48BC2045" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Département/établissement : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Texte2"/>
+            <w:bookmarkStart w:id="1" w:name="Texte2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BF1C83" w:rsidRPr="00EF615C">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w14:paraId="742EC1C4" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Service : </w:t>
+              <w:t>Service</w:t>
+            </w:r>
+            <w:r w:rsidR="005F5282">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/N° UO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Texte3"/>
+            <w:bookmarkStart w:id="2" w:name="Texte3"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BF1C83" w:rsidRPr="00EF615C">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF615C" w:rsidTr="00EF615C">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w14:paraId="5A7236DF" w14:textId="77777777" w:rsidTr="00EF615C">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00431C79" w:rsidRDefault="00EF615C" w:rsidP="00AA1816">
+          <w:p w14:paraId="005A4D1F" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00431C79" w:rsidRDefault="00EF615C" w:rsidP="00AA1816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:position w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00306301">
+          <w:p w14:paraId="234D472D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00306301">
             <w:pPr>
               <w:pStyle w:val="sigle0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
+          <w:p w14:paraId="66B04391" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2296"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Secteur public</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="CaseACocher1"/>
+            <w:bookmarkStart w:id="3" w:name="CaseACocher1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BF1C83" w:rsidRPr="00EF615C">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+          <w:p w14:paraId="131CFF13" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2296"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Secteur subventionné</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="CaseACocher2"/>
+            <w:bookmarkStart w:id="4" w:name="CaseACocher2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00BF1C83" w:rsidRPr="00EF615C">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA1816" w:rsidRPr="00CC7BB3" w:rsidRDefault="00AA1816" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="6AAFE0FA" w14:textId="77777777" w:rsidR="00AA1816" w:rsidRPr="00CC7BB3" w:rsidRDefault="00AA1816" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF615C" w:rsidTr="00EF615C">
+      <w:tr w:rsidR="00EF615C" w14:paraId="0D8C8BAD" w14:textId="77777777" w:rsidTr="00EF615C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="7856BA19" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002057C7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
               <w:t>Principales références :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="322E44C6" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>B 5 05,  B 5 05.01,  B 5 15,  B 5 15.01,  B 5 15.04,  D 1 05,  A 2 08,  A 2 50</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="341124CA" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Extrait de PV de la séance du Conseil d'Etat du 29 novembre 2004 (16205 - 2004)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="10BD3074" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:ind w:left="742" w:hanging="425"/>
               <w:jc w:val="left"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Extrait de PV de la séance du Conseil d'Etat du 8 novembre 2006 (17754 - 2006)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="001B72AF" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
+          <w:p w14:paraId="44F8882A" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="001B72AF" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="743" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Extrait de PV de la séance du Conseil d'Etat du 21 février 2007 (2490 - 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="63D72C36" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidTr="00EF615C">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w:rsidRPr="002057C7" w14:paraId="7A55933E" w14:textId="77777777" w:rsidTr="00EF615C">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="50C7EE94" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:after="120"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002057C7">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>Documents à joindre :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="2118913D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="356"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0" w:after="60"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Organigrammes officiels actualisés et validés par le département/l’établissement  :</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+              <w:t>Organigrammes officiels actualisés et validés par</w:t>
+            </w:r>
+            <w:r w:rsidR="00730A3F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> le département/l’établissement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46889319" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="933"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0"/>
               <w:ind w:left="780" w:hanging="425"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>de la structure concernée permettant de visualiser le poste/la fonction à évaluer</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="007FF9EE" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="933"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0" w:after="120"/>
               <w:ind w:left="782" w:hanging="425"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>de la division, de l'office ou du domaine permettant de visualiser la structure concernée</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="48A3DCC1" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="341"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0" w:after="60"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Cahiers des charges :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="5158A1EB" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>du-de la titulaire du poste (s'il y a lieu)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="50489674" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0"/>
               <w:textAlignment w:val="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>du-de la supérieur-e hiérarchique direct-e</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="003849B8" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
+          <w:p w14:paraId="0BC0B111" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="003849B8" w:rsidRDefault="00EF615C" w:rsidP="003849B8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="714" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>des collaborateurs-trices subordonné</w:t>
             </w:r>
             <w:r w:rsidR="007C388A" w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s-es (s'il y a lieu)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="3FFEA8F6" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4498"/>
         <w:gridCol w:w="5000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidTr="00EF615C">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w:rsidRPr="002057C7" w14:paraId="357D03EF" w14:textId="77777777" w:rsidTr="00EF615C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="27A4AD86" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Retraitcorpsdetexte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3402"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0" w:firstLine="0"/>
             </w:pPr>
             <w:r w:rsidRPr="002057C7">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>Demande d’évaluation validée par :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="73A1C472" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Conseil d'Etat</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="1FFA304B" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Chef-fe du département</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00C86A27" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+          <w:p w14:paraId="5C1B6FDB" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00C86A27" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="CaseACocher3"/>
+            <w:bookmarkStart w:id="5" w:name="CaseACocher3"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Responsable des ressources humaines du département</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="239F10C2" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="002057C7" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:pStyle w:val="Retraitcorpsdetexte2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="638" w:hanging="638"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002057C7">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
               <w:t>Motif de la demande d’évaluation :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="2852A10B" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="638" w:hanging="638"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -1481,193 +1509,217 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Création de poste (nouvelle unité budgétaire)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="04F8F02D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="638" w:hanging="638"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Création de fonction</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="5D22A545" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="638" w:hanging="638"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Création d'une structure</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="152B2761" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="638" w:hanging="638"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -1675,62 +1727,70 @@
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Modification d'une structure existante</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="33926983" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="638"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:ind w:left="641" w:hanging="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -1743,1615 +1803,1742 @@
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Autres (à préciser) : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00C86A27" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="12E6A60D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00C86A27" w:rsidRDefault="00EF615C" w:rsidP="00730A3F">
             <w:pPr>
               <w:pStyle w:val="Retraitcorpsdetexte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="3402"/>
               </w:tabs>
+              <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="641"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Texte5"/>
+            <w:bookmarkStart w:id="6" w:name="Texte5"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="180CBF0B" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF615C" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w14:paraId="6968DCD2" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+          <w:p w14:paraId="3C09CCF5" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00730A3F">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
-            </w:pPr>
-[...4 lines deleted...]
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00EF615C">
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date de la derni</w:t>
+            </w:r>
+            <w:r w:rsidR="00363936">
+              <w:t xml:space="preserve">ère évaluation et n° dossier </w:t>
+            </w:r>
+            <w:r w:rsidR="00961C57">
+              <w:t>SESREM</w:t>
+            </w:r>
+            <w:r>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F08A32D" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00EF1E5F" w:rsidRDefault="00EF615C" w:rsidP="005A1FE4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5458"/>
               </w:tabs>
-              <w:spacing w:after="60"/>
+              <w:spacing w:after="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Evaluations effectuées (n° dossiers SRH) ces 2-3 dernières années au sein de la structure concernée :</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Evaluations effectuées (n° </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>dossiers S</w:t>
+            </w:r>
+            <w:r w:rsidR="00363936">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ESR</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>EM</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC7BB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) ces 2-3 dernières années au sein de la structure concernée :</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Texte6"/>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5E72" w:rsidTr="00DB4CF6">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D5E72" w14:paraId="55B81DCB" w14:textId="77777777" w:rsidTr="00DB4CF6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="009D5E72" w:rsidRPr="0087658D" w:rsidRDefault="009D5E72" w:rsidP="00DB4CF6">
+          <w:p w14:paraId="76EC5E92" w14:textId="77777777" w:rsidR="009D5E72" w:rsidRPr="0087658D" w:rsidRDefault="009D5E72" w:rsidP="00730A3F">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
-              <w:spacing w:after="240"/>
-[...3 lines deleted...]
-            </w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00730A3F">
+              <w:rPr>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Motivation de la demande</w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Motivation de la demande :</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F4F1A9" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="355"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Motivation précise de la demande d'évaluation ? (modifications législatives, réorganisation …) :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="9" w:name="Texte7"/>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:bookmarkStart w:id="8" w:name="Texte7"/>
+          <w:p w14:paraId="23E7CC85" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:noProof/>
-[...38 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="0E9DC1EB" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="351" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Organigramme standardisé : s'agit-il d'une fonction de management ?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="5524FF4E" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="782" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="CaseACocher1"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si oui, veuillez indiquer le titre, la dénomination de l'unité organisationnelle et le niveau opérationnel déterminés par le département :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="07633040" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="780"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Directeur-trice général-e **** d'une-un :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="033EC3B9" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1631"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="1208"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>direction générale</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="19E733BA" w14:textId="77777777" w:rsidR="009D5E72" w:rsidRPr="00EF1E5F" w:rsidRDefault="000B6391" w:rsidP="00EF1E5F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1631"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="1206"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>office</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D5E72" w:rsidTr="00DB4CF6">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="009D5E72" w14:paraId="3A6313B4" w14:textId="77777777" w:rsidTr="00DB4CF6">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="00DB4CF6">
+          <w:p w14:paraId="135BE092" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="00EF1E5F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
-              <w:spacing w:before="120" w:after="120"/>
+              <w:spacing w:before="60" w:after="120"/>
               <w:ind w:left="782"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Directeur-trice *** d'une-un :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="46C30320" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1631"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="1208"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>direction</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="425BC468" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1631"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="1206"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>service</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="558AA531" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="780"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Chef-fe ** de :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="42F039B8" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1686"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="1208"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>service</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="14E3176C" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1134"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="780"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Chef-fe * de :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="670639F6" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1686"/>
               </w:tabs>
               <w:spacing w:after="0"/>
               <w:ind w:left="1208"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>secteur</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="74EA8741" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1686"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="1208"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>groupe</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
-[...1 lines deleted...]
-              <w:spacing w:after="120"/>
+          <w:p w14:paraId="6453B03D" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="00697A7A">
+            <w:pPr>
               <w:ind w:left="780" w:hanging="423"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
-[...10 lines deleted...]
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="799CF617" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="60"/>
               <w:ind w:left="351" w:hanging="357"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Principaux changements intervenus  (durant les 5 dernières années) au niveau :</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+              <w:t>Pr</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>incipaux changements intervenus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (durant les 5 dernières années) au niveau :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1599B9B5" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">de la structure concernée (mission, prestations, …) : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
-[...1 lines deleted...]
-              <w:spacing w:after="60"/>
+          <w:p w14:paraId="45761737" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="00EF1E5F">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="780"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:noProof/>
-[...48 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="5E65773D" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="355"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>b)</w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">du poste/de la fonction concerné-e (mission, activités, responsabilités, …) : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="759C4C54" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="782"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3360,142 +3547,142 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:noProof/>
-[...48 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="0829254F" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="355" w:hanging="355"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>A quel poste/quelle fonction étaient attribuées antérieurement ces missions, prestations, ... :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="2D8905AB" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3504,142 +3691,142 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:noProof/>
-[...48 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="7CAB2CE9" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="355" w:hanging="355"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Impacts (de la création ou des modifications de ce poste/cette fonction) sur les autres postes/fonctions de la structure :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="4DE6E4E6" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -3648,3143 +3835,1930 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
-                <w:noProof/>
-[...48 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="2DE827F1" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Le département envisage-t-il de soumettre les postes/fonctions mentionné-es au point 4 à évaluation ?</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+              <w:t>Le département envisage-t-il de soumettre les postes/fonctions menti</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF1E5F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>onné-es au point 4 à évaluation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5120F7" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="780" w:hanging="423"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si oui, veuillez adjoindre à la présente demande d'évaluation les descriptions de poste concernées en vue de leur évaluation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="496A8A75" w14:textId="77777777" w:rsidR="000B6391" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="780" w:hanging="423"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="0087658D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si non, pourquoi ?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009D5E72" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="000B6391">
+          <w:p w14:paraId="174E8578" w14:textId="77777777" w:rsidR="009D5E72" w:rsidRPr="0087658D" w:rsidRDefault="000B6391" w:rsidP="00196A09">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5458"/>
               </w:tabs>
-              <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="356"/>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="788"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="0087658D">
-[...31 lines deleted...]
-            <w:r w:rsidRPr="0087658D">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0087658D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF615C" w:rsidRPr="00F72F3D" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="05F7A255" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00F72F3D" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F72F3D" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00F72F3D" w14:paraId="240B0612" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="007C388A" w:rsidRDefault="00F72F3D" w:rsidP="00F72F3D">
+          <w:p w14:paraId="081B445D" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="007C388A" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Impact financier :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="007C388A" w:rsidRDefault="00F72F3D" w:rsidP="00CC7BB3">
-            <w:pPr>
+          <w:p w14:paraId="191A6114" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="007C388A" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="356" w:hanging="356"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Nombre de postes (emplois plein temps) concernés par la demande :</w:t>
             </w:r>
             <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texte17"/>
+            <w:bookmarkStart w:id="9" w:name="Texte17"/>
             <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="007C388A">
-[...3 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00CC7BB3" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F72F3D" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00F72F3D" w14:paraId="3BB95219" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00CC7BB3">
+          <w:p w14:paraId="55F4B728" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00CC7BB3">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Indemnités ou codes octroyés au poste/à la fonc</w:t>
             </w:r>
             <w:r w:rsidR="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>tion et/ou au(x)/à la titulaire(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00F72F3D">
+          <w:p w14:paraId="28235279" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00F72F3D">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="780" w:hanging="423"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CC7BB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si oui, lesquel-le-s et pour quel(s) motif(s) :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="11" w:name="Texte14"/>
-[...2 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:bookmarkStart w:id="10" w:name="Texte14"/>
+          <w:p w14:paraId="6E1FB6BC" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="782"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...35 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...3 lines deleted...]
-              <w:spacing w:after="60"/>
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+          <w:p w14:paraId="51B22EC6" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="781" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CC7BB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F72F3D" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00F72F3D" w14:paraId="1BACD881" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00CC7BB3">
+          <w:p w14:paraId="4F8F5FB3" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00CC7BB3">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Autres formes de compensations (primes, horaire, majoration vacances, etc.) :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00F72F3D">
+          <w:p w14:paraId="4A572EF8" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="00F72F3D">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="780" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CC7BB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si oui, lesquelles et pour quel(s) motif(s) :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="12" w:name="Texte15"/>
-[...2 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:bookmarkStart w:id="11" w:name="Texte15"/>
+          <w:p w14:paraId="0DB1AAE0" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="782"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...35 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...3 lines deleted...]
-              <w:spacing w:after="60"/>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+          <w:p w14:paraId="73F5117D" w14:textId="77777777" w:rsidR="00F72F3D" w:rsidRPr="00CC7BB3" w:rsidRDefault="00F72F3D" w:rsidP="0013041D">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:left="781" w:hanging="425"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
               </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00CC7BB3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF615C" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w14:paraId="46981312" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
+          <w:p w14:paraId="50FA9C83" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2623"/>
                 <w:tab w:val="left" w:pos="4749"/>
                 <w:tab w:val="left" w:pos="8293"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dans l’hypothèse d’une réévaluation, le département a-t-il prévu la couverture budgétaire ad hoc ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="13" w:name="Texte16"/>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+          <w:bookmarkStart w:id="12" w:name="Texte16"/>
+          <w:p w14:paraId="39532AA7" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2623"/>
                 <w:tab w:val="left" w:pos="4749"/>
                 <w:tab w:val="left" w:pos="8293"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC7BB3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="5320818A" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00EF615C" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidTr="00CC7BB3">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00EF615C" w:rsidRPr="006804AA" w14:paraId="643D7AD1" w14:textId="77777777" w:rsidTr="00CC7BB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00F72F3D">
+          <w:p w14:paraId="21166978" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00697A7A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2623"/>
+                <w:tab w:val="left" w:pos="4749"/>
+                <w:tab w:val="left" w:pos="8293"/>
+              </w:tabs>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Date et signature du/de la responsable des ressources humaines du département :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D8EE5E" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRPr="006804AA" w:rsidRDefault="00EF615C" w:rsidP="00BF1C83">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2623"/>
                 <w:tab w:val="left" w:pos="4749"/>
                 <w:tab w:val="left" w:pos="8293"/>
               </w:tabs>
               <w:spacing w:after="120"/>
-              <w:jc w:val="left"/>
-[...20 lines deleted...]
-              <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>………………..………………………………………………………………………</w:t>
             </w:r>
             <w:r w:rsidR="003849B8" w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>…………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00005FA8" w:rsidRDefault="00005FA8" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="259D88B5" w14:textId="77777777" w:rsidR="00005FA8" w:rsidRDefault="00005FA8" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF615C" w:rsidRDefault="00005FA8" w:rsidP="00CC7BB3">
+    <w:p w14:paraId="279246FF" w14:textId="77777777" w:rsidR="00EF615C" w:rsidRDefault="00005FA8" w:rsidP="00CC7BB3">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Grilledutableau"/>
-[...1238 lines deleted...]
-      <w:tblPr>
         <w:tblW w:w="10208" w:type="dxa"/>
         <w:tblInd w:w="-709" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="5529"/>
         <w:gridCol w:w="3970"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="1E9B9942" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00AA3C2A" w:rsidRDefault="00097D71" w:rsidP="008B2757">
+          <w:p w14:paraId="31BA63CD" w14:textId="6127D66A" w:rsidR="00D061CC" w:rsidRPr="00AA3C2A" w:rsidRDefault="00CB104B" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431C79">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:position w:val="6"/>
-                <w:lang w:val="fr-CH" w:eastAsia="fr-CH"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-                  <wp:extent cx="328930" cy="541020"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F4F481B" wp14:editId="543637B1">
+                  <wp:extent cx="323850" cy="533400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Image 2"/>
+                  <wp:docPr id="2" name="Image 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 2"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId8" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="328930" cy="541020"/>
+                            <a:ext cx="323850" cy="533400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="56938E08" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="sigle0"/>
             </w:pPr>
             <w:r>
               <w:t>republique et canton de gene</w:t>
             </w:r>
             <w:r w:rsidRPr="0024538B">
               <w:t>ve</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00AA1816" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="75BCAB95" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00AA1816" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="sigle1"/>
             </w:pPr>
             <w:r w:rsidRPr="00AA1816">
               <w:t>Département des finances</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="005F1501" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+            <w:r w:rsidR="0013041D">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D96841">
+              <w:t>des ressources humaines</w:t>
+            </w:r>
+            <w:r w:rsidR="0013041D">
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:r w:rsidR="0013041D">
+              <w:br/>
+              <w:t>des affaires extérieures</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="620F7BCC" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="005F1501" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="Office"/>
             </w:pPr>
             <w:r>
               <w:t>Office du personnel de l'Etat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct12" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00473342" w:rsidRDefault="00D061CC" w:rsidP="00473342">
+          <w:p w14:paraId="070D26F1" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00473342" w:rsidRDefault="00D061CC" w:rsidP="00473342">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="113"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00473342">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DESCRIPTION DE POSTE /</w:t>
             </w:r>
             <w:r w:rsidRPr="00473342">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>FONCTION</w:t>
             </w:r>
             <w:r w:rsidR="00473342" w:rsidRPr="00473342">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00473342">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FORMULE 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="008B2757">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="47A633C7" w14:textId="77777777" w:rsidTr="008B2757">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00431C79" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="52534B2C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00431C79" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:position w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="6077BACA" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="sigle0"/>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="0" w:after="60"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="113" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="113" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="6C45AF1F" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Etablie par : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Texte22"/>
+            <w:bookmarkStart w:id="13" w:name="Texte22"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="00D061CC">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w14:paraId="485C2D00" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date : </w:t>
             </w:r>
             <w:r w:rsidR="00E84F3B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00E84F3B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004D091D" w:rsidRPr="00E84F3B">
-[...3 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00E84F3B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E84F3B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidR="00E84F3B">
               <w:rPr>
-                <w:noProof/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00EF615C" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="133732D8" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00EF615C" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Modifiée le : </w:t>
             </w:r>
             <w:r w:rsidR="006804AA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="006804AA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E5559" w:rsidRPr="006804AA">
-[...3 lines deleted...]
-            </w:r>
             <w:r w:rsidR="006804AA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="006804AA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="006804AA">
-[...27 lines deleted...]
-            <w:r w:rsidR="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="006804AA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00AA1816"/>
+    <w:p w14:paraId="4E1D32AF" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00AA1816"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="4424"/>
         <w:gridCol w:w="1347"/>
         <w:gridCol w:w="2768"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="74395139" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="512E31CC" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="5600"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:ind w:left="5602" w:hanging="5602"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -6794,122 +5768,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C737D1">
-[...25 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="50AD71C9" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="55EDEA0C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="3757"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
@@ -6918,116 +5891,116 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="2338AF65" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="359"/>
                 <w:tab w:val="left" w:pos="2344"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="000E18D2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -7045,127 +6018,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="1172E8C3" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5383" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="28F2F96C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="3757"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00751392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Gras" w:hAnsi="Arial Gras" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -7207,170 +6174,304 @@
                 <w:bCs/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte63"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Texte63"/>
+            <w:bookmarkStart w:id="14" w:name="Texte63"/>
             <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="007C388A">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00751392" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4115" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="0C577011" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00431D7E" w:rsidP="00431D7E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="359"/>
                 <w:tab w:val="left" w:pos="2344"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Gras" w:hAnsi="Arial Gras" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>ter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Gras" w:hAnsi="Arial Gras" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Numéro d'UO </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>SIRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Texte63"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00011F6F" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00011F6F" w14:paraId="534BF40E" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00011F6F" w:rsidRDefault="00011F6F" w:rsidP="00011F6F">
+          <w:p w14:paraId="0058373E" w14:textId="77777777" w:rsidR="00011F6F" w:rsidRDefault="00011F6F" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -7382,127 +6483,121 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="2C28CF7A" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="23DE8F36" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00011F6F" w:rsidRPr="00751392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Gras" w:hAnsi="Arial Gras" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>bis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7578,726 +6673,693 @@
             </w:r>
             <w:r w:rsidR="00011F6F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>s :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Texte23"/>
+            <w:bookmarkStart w:id="15" w:name="Texte23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="51E17C5A" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="34AC5263" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="427"/>
                 <w:tab w:val="left" w:pos="5458"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
               <w:t>Nom et fonction du/de la supérieur-e direct-e :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Texte24"/>
+            <w:bookmarkStart w:id="16" w:name="Texte24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="22D655E7" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="526C611C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="4891"/>
               </w:tabs>
               <w:overflowPunct/>
               <w:autoSpaceDE/>
               <w:autoSpaceDN/>
               <w:adjustRightInd/>
               <w:spacing w:before="80" w:after="80"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="auto"/>
             </w:pPr>
             <w:r>
               <w:t>6.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Nombre de postes subordonnés directs :</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Texte25"/>
+            <w:bookmarkStart w:id="17" w:name="Texte25"/>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="007C388A">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007C388A">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="2696D29E" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="13AA3385" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="0013041D">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
-              <w:spacing w:after="120"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Nbre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="03873C6D" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="0013041D">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
-              <w:spacing w:after="120"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Dénomination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="7625E388" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="0013041D">
             <w:pPr>
               <w:pStyle w:val="Titre6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
-              <w:spacing w:after="120"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00751392">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Code fonction-type</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="23" w:name="Texte26"/>
-[...6 lines deleted...]
-        </w:tblPrEx>
+      <w:bookmarkStart w:id="18" w:name="Texte26"/>
+      <w:tr w:rsidR="00D061CC" w:rsidRPr="006804AA" w14:paraId="55DAFAC2" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
+          <w:p w14:paraId="031AB4C5" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
             <w:pPr>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="001D3CF7">
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="329593FA" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="0013041D">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Texte64"/>
+            <w:bookmarkStart w:id="19" w:name="Texte64"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="006804AA">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="25" w:name="Texte27"/>
+        <w:bookmarkStart w:id="20" w:name="Texte27"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5771" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
+          <w:p w14:paraId="2F5AB052" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte27"/>
@@ -8305,1955 +7367,1888 @@
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D3CF7" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="001D3CF7">
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+          <w:p w14:paraId="452B03BE" w14:textId="77777777" w:rsidR="00285F96" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="001D3CF7">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Texte65"/>
+            <w:bookmarkStart w:id="21" w:name="Texte65"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="006804AA">
+            <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="27" w:name="Texte28"/>
+        <w:bookmarkStart w:id="22" w:name="Texte28"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2768" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
+          <w:p w14:paraId="1E3B7494" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="006804AA" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001D3CF7" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="001D3CF7">
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+          <w:p w14:paraId="69F42276" w14:textId="77777777" w:rsidR="001D3CF7" w:rsidRPr="006804AA" w:rsidRDefault="001D3CF7" w:rsidP="001D3CF7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Texte66"/>
+            <w:bookmarkStart w:id="23" w:name="Texte66"/>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="008B2757" w:rsidRPr="006804AA">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="006804AA">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="006804AA">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006804AA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="4C65F4E4" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="4CD2C1E9" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="6734"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
               <w:t>Le/la titulaire du poste remplace (dénomination du poste) :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Texte29"/>
+            <w:bookmarkStart w:id="24" w:name="Texte29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="420C44EA" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="7E70A238" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="7726"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
               <w:t>Le/la titulaire du poste est remplacé-e par (dénomination du poste) :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Texte30"/>
+            <w:bookmarkStart w:id="25" w:name="Texte30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00D061CC">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="3F742D81" w14:textId="77777777" w:rsidTr="00D061CC">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
+          <w:p w14:paraId="6BBCA789" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00011F6F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
                 <w:tab w:val="left" w:pos="4466"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
               <w:t>Le poste est lié fonctionnellement à :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Texte31"/>
+            <w:bookmarkStart w:id="26" w:name="Texte31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="670275B8" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A3369" w:rsidTr="00475E3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006A3369" w14:paraId="7649B771" w14:textId="77777777" w:rsidTr="00475E3B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00475E3B">
+          <w:p w14:paraId="646AF519" w14:textId="77777777" w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00B40566">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B40566">
               <w:tab/>
               <w:t>Mission et prestations de la structure :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006804AA" w:rsidTr="0086779A">
+      <w:tr w:rsidR="006804AA" w14:paraId="26D50D1A" w14:textId="77777777" w:rsidTr="0086779A">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:tblCellMar>
-[...2 lines deleted...]
-          </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006804AA" w:rsidRPr="001D3CF7" w:rsidRDefault="006804AA" w:rsidP="006804AA">
+          <w:p w14:paraId="050F5175" w14:textId="77777777" w:rsidR="006804AA" w:rsidRPr="001D3CF7" w:rsidRDefault="006804AA" w:rsidP="006804AA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Principales mission et prestations de la structure concernée :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="32" w:name="Texte32"/>
-          <w:p w:rsidR="006804AA" w:rsidRPr="001D3CF7" w:rsidRDefault="006804AA" w:rsidP="006804AA">
+          <w:bookmarkStart w:id="27" w:name="Texte32"/>
+          <w:p w14:paraId="37B49C18" w14:textId="77777777" w:rsidR="006804AA" w:rsidRPr="001D3CF7" w:rsidRDefault="006804AA" w:rsidP="006804AA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="0086779A">
+      <w:tr w:rsidR="00D061CC" w14:paraId="7B9E8D25" w14:textId="77777777" w:rsidTr="0086779A">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:tblCellMar>
-[...2 lines deleted...]
-          </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="566463C1" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="645"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Lois et règlements (cantonaux et fédéraux) dans lesquels s'inscrit la mission de la structure et/ou du poste/de la fonction concernée : </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="33" w:name="Texte33"/>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00091F98" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:bookmarkStart w:id="28" w:name="Texte33"/>
+          <w:p w14:paraId="6453BDA0" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00091F98" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="0C99C579" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A3369" w:rsidTr="006A3369">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006A3369" w14:paraId="6DE50FF6" w14:textId="77777777" w:rsidTr="006A3369">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00475E3B">
+          <w:p w14:paraId="02395E58" w14:textId="77777777" w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00751392">
               <w:t>11.</w:t>
             </w:r>
             <w:r w:rsidRPr="00751392">
               <w:tab/>
               <w:t>Missions du poste/de la fonction  :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidTr="006A3369">
+      <w:tr w:rsidR="00D061CC" w:rsidRPr="00751392" w14:paraId="2E5F34C4" w14:textId="77777777" w:rsidTr="006A3369">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:tblCellMar>
-[...2 lines deleted...]
-          </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="07A240D7" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="-6"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>11.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:tab/>
               <w:t>Principales missions du poste/de la fonction :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="769E34DF" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00751392" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="641"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="15781075" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:pStyle w:val="En-tte"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8364"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A3369" w:rsidTr="006A3369">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="006A3369" w14:paraId="6293FBE1" w14:textId="77777777" w:rsidTr="006A3369">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00475E3B">
+          <w:p w14:paraId="3A1C1665" w14:textId="77777777" w:rsidR="006A3369" w:rsidRDefault="006A3369" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>12.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t xml:space="preserve">Description des activités </w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>exercées :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidRPr="007C388A" w:rsidTr="00E84F3B">
+      <w:tr w:rsidR="00D061CC" w:rsidRPr="007C388A" w14:paraId="713FB45E" w14:textId="77777777" w:rsidTr="00E84F3B">
         <w:tblPrEx>
           <w:tblBorders>
             <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          <w:tblCellMar>
-[...2 lines deleted...]
-          </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8364" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="6232C2C0" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Principales activités exercées et indication de la fréquence (éventuellement avec exemples illustratifs) :</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="34" w:name="Texte35"/>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:bookmarkStart w:id="29" w:name="Texte35"/>
+          <w:p w14:paraId="50661BB0" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...35 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="35" w:name="Texte67"/>
+        <w:bookmarkStart w:id="30" w:name="Texte67"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="007C388A" w:rsidRDefault="007C388A" w:rsidP="007C388A">
+          <w:p w14:paraId="784103E7" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="007C388A" w:rsidRDefault="007C388A" w:rsidP="007C388A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00475E3B" w:rsidRPr="007C388A">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="30"/>
             <w:r w:rsidR="00D061CC" w:rsidRPr="007C388A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="33F7794E" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00032263" w:rsidTr="00475E3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00032263" w14:paraId="5BC724F0" w14:textId="77777777" w:rsidTr="00475E3B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00032263" w:rsidRDefault="00032263" w:rsidP="00475E3B">
+          <w:p w14:paraId="37F56241" w14:textId="77777777" w:rsidR="00032263" w:rsidRDefault="00032263" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r>
               <w:t>13.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:t>xigences intellectuelles :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00032263">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="4B878101" w14:textId="77777777" w:rsidTr="00032263">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="01E0F66A" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Le poste/la fonction implique-t-il(elle) d’appliquer, d’adapter, d’élaborer et/ou de développer des procédures et/ou des directives ? Si oui, dans quel(s) domaine(s) s’exercent ces activités (administratif, financier, technique, etc.) ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="36" w:name="Texte37"/>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:bookmarkStart w:id="31" w:name="Texte37"/>
+          <w:p w14:paraId="2E59F136" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...35 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00032263" w:rsidTr="00032263">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00032263" w14:paraId="0FA0BF37" w14:textId="77777777" w:rsidTr="00032263">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:p w14:paraId="286CF2C9" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
@@ -10277,4388 +9272,4253 @@
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>nt</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ces activités ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="37" w:name="Texte38"/>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:bookmarkStart w:id="32" w:name="Texte38"/>
+          <w:p w14:paraId="76AAC050" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00032263" w:rsidTr="00032263">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00032263" w14:paraId="2B409D18" w14:textId="77777777" w:rsidTr="00032263">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:p w14:paraId="24D46817" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.3.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si le poste/la fonction implique des tâches d’organisation, dans quel contexte s’exercent-elles ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="38" w:name="Texte39"/>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:bookmarkStart w:id="33" w:name="Texte39"/>
+          <w:p w14:paraId="03A9FC4C" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00032263" w:rsidTr="00032263">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00032263" w14:paraId="19228AD0" w14:textId="77777777" w:rsidTr="00032263">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:p w14:paraId="68D75F02" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.4.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Si le poste/la fonction implique la fixation d’objectifs, dans quel contexte s’inscrit cette activité ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="39" w:name="Texte40"/>
-          <w:p w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
+          <w:bookmarkStart w:id="34" w:name="Texte40"/>
+          <w:p w14:paraId="2964BFE5" w14:textId="77777777" w:rsidR="00032263" w:rsidRPr="001D3CF7" w:rsidRDefault="00032263" w:rsidP="00032263">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...35 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="5D340023" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00444349" w:rsidTr="00475E3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00444349" w14:paraId="3596C90A" w14:textId="77777777" w:rsidTr="00475E3B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00444349" w:rsidRPr="00444349" w:rsidRDefault="00444349" w:rsidP="00475E3B">
+          <w:p w14:paraId="2EF62FDC" w14:textId="77777777" w:rsidR="00444349" w:rsidRPr="00444349" w:rsidRDefault="00444349" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>14.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ontraintes </w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>inhérentes au</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> poste</w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>/à la fonction</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="31452076" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="74AB4E5C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Quelles sont les contraintes physiques inhérentes au poste/à la fonction? Quel est le poids des charges soulevées, à quelle fréquence ? </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="40" w:name="Texte41"/>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:bookmarkStart w:id="35" w:name="Texte41"/>
+          <w:p w14:paraId="6AEA156F" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="43FB2050" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00475E3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="4C51D03B" w14:textId="77777777" w:rsidTr="00475E3B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00475E3B">
+          <w:p w14:paraId="141387EA" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">15. </w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:t>iveau de responsabilité :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="320E4B20" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="79AE586C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="001D3CF7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quel est le degré d’autonomie attendu du-de la titulaire dans la fourniture de prestations ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="41" w:name="Texte42"/>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00444349">
+          <w:bookmarkStart w:id="36" w:name="Texte42"/>
+          <w:p w14:paraId="30832424" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00444349">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="05ECDD1B" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="6964E07E" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Est-ce que le-la titulaire exerce une autorité dans l’application de la loi ou de règlements pour fournir une  prestation et engage-t-il-elle sa responsabilité ?</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
+              <w:t>Est-ce que le-la titulaire exerce une autorité dans l’application de la loi ou</w:t>
+            </w:r>
+            <w:r w:rsidR="0013041D">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de règlements pour fournir une</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prestation et engage-t-il-elle sa responsabilité ?</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="37" w:name="Texte43"/>
+          <w:p w14:paraId="5E0521C1" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="0A410149" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="6AEB0F2D" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.3.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quels sont les rôle et responsabilité du-de la titulaire dans la gestion des ressources humaines ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="43" w:name="Texte44"/>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
+          <w:bookmarkStart w:id="38" w:name="Texte44"/>
+          <w:p w14:paraId="56B21E4B" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="28FEE876" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="7ADAFF6B" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.4.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quels sont les rôle et responsabilité du-de la titulaire dans la gestion budgétaire et financière ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="44" w:name="Texte45"/>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
+          <w:bookmarkStart w:id="39" w:name="Texte45"/>
+          <w:p w14:paraId="3E85AB06" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="6E11F83E" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
+          <w:p w14:paraId="5628C431" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00444349">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.5.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quelles décisions sont prises par le-la supérieur-e hiérarchique ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="45" w:name="Texte46"/>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
+          <w:bookmarkStart w:id="40" w:name="Texte46"/>
+          <w:p w14:paraId="74FB7705" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="2"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00444349">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="0C4A26DA" w14:textId="77777777" w:rsidTr="00444349">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="426D656C" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="641"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.6.</w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Le-la titulaire est-il-elle en possession d’une signature lui conférant certains pouvoirs particuliers, quelle est la nature de ces pouvoirs ? </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="46" w:name="Texte47"/>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
+          <w:bookmarkStart w:id="41" w:name="Texte47"/>
+          <w:p w14:paraId="79D8C6A8" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="001D3CF7" w:rsidRDefault="00DA36FB" w:rsidP="006804AA">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...31 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001D3CF7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="13C12A93" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00475E3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="171C06FC" w14:textId="77777777" w:rsidTr="00475E3B">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00475E3B">
+          <w:p w14:paraId="748B17C6" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>16.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:t>ommunication :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="0FFFB8C1" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="783"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00277EA7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="2944B55C" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="641" w:hanging="641"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">Avec quels partenaires internes s’exerce la collaboration du-de la titulaire ? </w:t>
+              <w:t>Avec quels partenaires internes s’exerce la coll</w:t>
+            </w:r>
+            <w:r w:rsidR="00285F96">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aboration du-de la titulaire ? </w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:br/>
               <w:t>Quelle est la nature de celle-ci ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="47" w:name="Texte48"/>
-[...13 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="4BEE4CA8" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="641" w:firstLine="5"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte48"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...7 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...41 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidRPr="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w:rsidRPr="00DA36FB" w14:paraId="52421D2A" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="783"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="605F70EB" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00285F96">
             <w:pPr>
               <w:pStyle w:val="Retraitcorpsdetexte3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:ind w:left="641" w:hanging="641"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA36FB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA36FB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Avec quels partenaires externes s’exerce la collaboration du-de la titulaire ? Quels sont les services et la nature des échanges ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="48" w:name="Texte49"/>
-[...16 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="487BD90A" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:pStyle w:val="Retraitcorpsdetexte3"/>
+              <w:ind w:left="641" w:firstLine="5"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte49"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00DA36FB">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00DA36FB">
-[...9 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00DA36FB">
-[...47 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="4D65A781" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00032263" w:rsidTr="00032263">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00032263" w14:paraId="25A54D20" w14:textId="77777777" w:rsidTr="00032263">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00032263" w:rsidRDefault="00032263" w:rsidP="00475E3B">
+          <w:p w14:paraId="4FD7D222" w14:textId="77777777" w:rsidR="00032263" w:rsidRDefault="00032263" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:spacing w:before="120" w:after="120"/>
+            </w:pPr>
+            <w:r>
               <w:t>17.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t xml:space="preserve">Autres </w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>spécificités</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> du poste</w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>/de la fonction</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00751392">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="7B2F7E61" w14:textId="77777777" w:rsidTr="00751392">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="518C983F" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Y a-t-il d’autres spécificités du poste/de la fonction non mentionnées précédemment ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="49" w:name="Texte50"/>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:bookmarkStart w:id="42" w:name="Texte50"/>
+          <w:p w14:paraId="19B977A4" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="68104B18" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="13A73BD0" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00DA36FB">
+          <w:p w14:paraId="541DBB4C" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>18.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Formation et connaissances professionnelles exigées par le poste</w:t>
             </w:r>
             <w:r w:rsidRPr="00434D05">
               <w:t>/la fonction</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="7E102B69" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00277EA7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="11AE4EF1" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="641"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quelle est la formation de base requise ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="50" w:name="Texte51"/>
-[...13 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="671725C0" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="646"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte51"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...7 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...41 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="36A0AF24" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00277EA7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="4D5E543A" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quelle est la formation complémentaire requise ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="51" w:name="Texte52"/>
-[...13 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="36D2234A" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="646"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte52"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...7 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...41 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="1A570E4A" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00277EA7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="4D6BC913" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="001730DE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
+              <w:ind w:left="646" w:hanging="646"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quelles sont la nature et la durée de l’expérience professionnelle requise ?</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="001730DE" w:rsidRPr="00277EA7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001730DE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="001730DE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Temps nécessaire à un.e titulaire, venant d'obtenir le niveau de formation requis, pour acquérir l'expérience professionnelle nécessaire et les connaissances complémentaires des rouages de l'administration permettant d'occuper le poste avec une efficacité optimale)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B0DC54E" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="646"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte53"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...7 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...41 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA36FB" w:rsidTr="00DA36FB">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00DA36FB" w14:paraId="31ED089B" w14:textId="77777777" w:rsidTr="00DA36FB">
         <w:trPr>
           <w:trHeight w:val="392"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA36FB" w:rsidRPr="00277EA7" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
+          <w:p w14:paraId="18CBF544" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRDefault="00DA36FB" w:rsidP="00DA36FB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="639"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:hanging="639"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.4.</w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Quelles sont les connaissances ou aptitudes particulières requises (langues, informatique, etc.) ?</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="53" w:name="Texte54"/>
-[...13 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="638CF703" w14:textId="77777777" w:rsidR="00DA36FB" w:rsidRPr="009A5F75" w:rsidRDefault="009A5F75" w:rsidP="009A5F75">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:left="639" w:firstLine="7"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Texte54"/>
+                  <w:name w:val="Texte47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...1 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...7 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00E84F3B">
-[...41 lines deleted...]
-                <w:b w:val="0"/>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D3CF7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="6D6FE5F7" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00751392">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="4175DC24" w14:textId="77777777" w:rsidTr="00751392">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00751392">
+          <w:p w14:paraId="78D635C1" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>19.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Observations complémentaires du/de la</w:t>
             </w:r>
             <w:r w:rsidR="00531BF2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>(des) titulaire</w:t>
             </w:r>
             <w:r w:rsidR="00531BF2">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t>s :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="54" w:name="Texte55"/>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
+          <w:bookmarkStart w:id="43" w:name="Texte55"/>
+          <w:p w14:paraId="4CD92539" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:ind w:left="639"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="618B2226" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00751392">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="593D0277" w14:textId="77777777" w:rsidTr="00751392">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00751392">
+          <w:p w14:paraId="31A9FA2D" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00697A7A">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:t>20.</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Observations complémentaires du/de la supérieur-e hiérarchique :</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="55" w:name="Texte56"/>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
+          <w:bookmarkStart w:id="44" w:name="Texte56"/>
+          <w:p w14:paraId="60EF592D" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00277EA7" w:rsidRDefault="00D061CC" w:rsidP="001D3CF7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="639" w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
-[...31 lines deleted...]
-            <w:r w:rsidR="000E18D2" w:rsidRPr="00277EA7">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00277EA7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
+    <w:p w14:paraId="14947762" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00D061CC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2127"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00E84F3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="68725DCC" w14:textId="77777777" w:rsidTr="00E84F3B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00751392">
+          <w:p w14:paraId="1EB4B083" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="000E71AE" w:rsidRDefault="00D061CC" w:rsidP="000E71AE">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00751392">
+          <w:p w14:paraId="14E45720" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00751392">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00277EA7">
+          <w:p w14:paraId="16EF2FAF" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="000E71AE">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="240" w:after="240"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00277EA7">
+          <w:p w14:paraId="710503DE" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="000E71AE">
             <w:pPr>
               <w:pStyle w:val="RubriqueTitre"/>
+              <w:spacing w:before="240" w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00E84F3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="33DEB8C3" w14:textId="77777777" w:rsidTr="00E84F3B">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="00491ECF" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="06854895" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="00491ECF" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="240"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="423E3E11" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1206"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Titulaire :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="Texte57"/>
+            <w:bookmarkStart w:id="45" w:name="Texte57"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="57" w:name="Texte60"/>
+        <w:bookmarkStart w:id="46" w:name="Texte60"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
+          <w:p w14:paraId="68DFE605" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d MMM. yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E5559" w:rsidRPr="00662D27">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00491ECF">
+          <w:p w14:paraId="70883178" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00491ECF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00E84F3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="49510B8D" w14:textId="77777777" w:rsidTr="00E84F3B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="0262E789" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="27592C51" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1206"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Service :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="58" w:name="Texte58"/>
+            <w:bookmarkStart w:id="47" w:name="Texte58"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="59" w:name="Texte61"/>
+        <w:bookmarkStart w:id="48" w:name="Texte61"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
+          <w:p w14:paraId="2305E616" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte61"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d MMM. yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E5559" w:rsidRPr="00662D27">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="3458AF7D" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D061CC" w:rsidTr="00E84F3B">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00D061CC" w14:paraId="218F1F17" w14:textId="77777777" w:rsidTr="00E84F3B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="45350274" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="1DABFB01" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1631"/>
               </w:tabs>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Département :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="Texte59"/>
+            <w:bookmarkStart w:id="49" w:name="Texte59"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="000B60C3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000E18D2">
-[...27 lines deleted...]
-            <w:r w:rsidR="000E18D2">
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="61" w:name="Texte62"/>
+        <w:bookmarkStart w:id="50" w:name="Texte62"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
+          <w:p w14:paraId="69C90730" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRPr="000B60C3" w:rsidRDefault="00662D27" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte62"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="d MMM. yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="006E5559" w:rsidRPr="00662D27">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...27 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697A7A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
+          <w:p w14:paraId="6025B49F" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="008B2757">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00AA1816"/>
+    <w:p w14:paraId="0AA87B58" w14:textId="77777777" w:rsidR="00D061CC" w:rsidRDefault="00D061CC" w:rsidP="00AA1816"/>
     <w:sectPr w:rsidR="00D061CC" w:rsidSect="00EA1608">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachSect"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="680" w:right="1361" w:bottom="1304" w:left="1361" w:header="425" w:footer="454" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00097D71" w:rsidRDefault="00097D71">
+    <w:p w14:paraId="675D8C55" w14:textId="77777777" w:rsidR="00CB104B" w:rsidRDefault="00CB104B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00097D71" w:rsidRDefault="00097D71">
+    <w:p w14:paraId="71DC3115" w14:textId="77777777" w:rsidR="00CB104B" w:rsidRDefault="00CB104B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Gras">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00230F45" w:rsidRDefault="00230F45">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A718C1C" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRDefault="00EF1E5F">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10348" w:type="dxa"/>
       <w:tblInd w:w="-459" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="10348"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00230F45" w:rsidTr="00306301">
+    <w:tr w:rsidR="00EF1E5F" w14:paraId="2483C1D9" w14:textId="77777777" w:rsidTr="00306301">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="10348" w:type="dxa"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00230F45" w:rsidRDefault="00230F45" w:rsidP="00306301">
+        <w:p w14:paraId="66E2264C" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRDefault="00EF1E5F" w:rsidP="00306301">
           <w:pPr>
             <w:spacing w:before="40" w:after="0"/>
             <w:ind w:left="-108"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
             <w:t>Office du personnel de l'Etat • Direction • Rue du Stand 26 • 1204 Genève</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00230F45" w:rsidRPr="00AA1816" w:rsidRDefault="00230F45" w:rsidP="00AA1816">
+        <w:p w14:paraId="0CE41199" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRPr="00AA1816" w:rsidRDefault="00EF1E5F" w:rsidP="00AA1816">
           <w:pPr>
             <w:spacing w:before="40" w:after="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="16"/>
             </w:rPr>
-            <w:t>Tél. +41 (22) 546 07 04 • Fax</w:t>
-[...20 lines deleted...]
-            <w:t>/etatemployeur</w:t>
+            <w:t>Tél. +41 (22) 546 07 04 • www.ge.ch/etatemployeur</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00230F45" w:rsidRPr="00AA1816" w:rsidRDefault="00230F45" w:rsidP="00AA1816">
+  <w:p w14:paraId="6DB05C33" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRPr="00AA1816" w:rsidRDefault="00EF1E5F" w:rsidP="00AA1816">
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:i/>
         <w:sz w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00097D71" w:rsidRDefault="00097D71">
+    <w:p w14:paraId="784F63BB" w14:textId="77777777" w:rsidR="00CB104B" w:rsidRDefault="00CB104B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00097D71" w:rsidRDefault="00097D71">
+    <w:p w14:paraId="7F20BB45" w14:textId="77777777" w:rsidR="00CB104B" w:rsidRDefault="00CB104B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9498" w:type="dxa"/>
       <w:tblInd w:w="70" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9498"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00230F45" w:rsidTr="009D5E72">
-[...5 lines deleted...]
-      </w:tblPrEx>
+    <w:tr w:rsidR="00EF1E5F" w14:paraId="136C6DE9" w14:textId="77777777" w:rsidTr="009D5E72">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9498" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00230F45" w:rsidRPr="009D5E72" w:rsidRDefault="00230F45" w:rsidP="00040852">
+        <w:p w14:paraId="5A610982" w14:textId="76F9A2C3" w:rsidR="00EF1E5F" w:rsidRPr="009D5E72" w:rsidRDefault="00EF1E5F" w:rsidP="00040852">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="right" w:pos="9358"/>
             </w:tabs>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:tab/>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:t xml:space="preserve">Page : </w:t>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:instrText xml:space="preserve">PAGE </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00097D71">
+          <w:r w:rsidR="00A73C2C">
             <w:rPr>
               <w:noProof/>
+              <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>2</w:t>
+            <w:t>5</w:t>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:t>/</w:t>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:instrText xml:space="preserve"> SECTIONPAGES </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00097D71">
+          <w:r w:rsidR="00CB104B">
             <w:rPr>
               <w:noProof/>
+              <w:sz w:val="20"/>
             </w:rPr>
-            <w:t>4</w:t>
+            <w:t>5</w:t>
           </w:r>
-          <w:r w:rsidRPr="009D5E72">
+          <w:r w:rsidRPr="00AB1FD8">
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00230F45" w:rsidRDefault="00230F45" w:rsidP="00CC7BB3">
+        <w:p w14:paraId="57B69B30" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRPr="00AB1FD8" w:rsidRDefault="00EF1E5F" w:rsidP="00AB1FD8">
           <w:pPr>
-            <w:spacing w:after="120"/>
+            <w:spacing w:after="60"/>
             <w:rPr>
               <w:b/>
+              <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00230F45" w:rsidRPr="00CC7BB3" w:rsidRDefault="00230F45" w:rsidP="00CC7BB3">
+  <w:p w14:paraId="41C14595" w14:textId="77777777" w:rsidR="00EF1E5F" w:rsidRPr="00CC7BB3" w:rsidRDefault="00EF1E5F" w:rsidP="00CC7BB3">
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="220973CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8E20DF1E"/>
     <w:lvl w:ilvl="0" w:tplc="D6BC84C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="79"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15261,566 +14121,734 @@
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="97717819">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1887452314">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1563831951">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="414715817">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="607927996">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="9" w:dllVersion="512" w:checkStyle="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:comments="0" w:insDel="0" w:inkAnnotations="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1T2KnHToIdf9U6NplStq6B3g71d/z4RntZnLwrWambmwAzTRa5bZ7EdjRkUbfo/1U7gKGtVye81q7XOyG8s+3Q==" w:salt="NubqBLKroVNB6FcxOxq/Fg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachSect"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00097D71"/>
+    <w:rsidRoot w:val="00CB104B"/>
     <w:rsid w:val="00000A1E"/>
     <w:rsid w:val="00000FA9"/>
     <w:rsid w:val="00002E95"/>
     <w:rsid w:val="00005FA8"/>
     <w:rsid w:val="00011F6F"/>
     <w:rsid w:val="000135E4"/>
     <w:rsid w:val="000162A5"/>
     <w:rsid w:val="00022D8A"/>
+    <w:rsid w:val="00026BA7"/>
     <w:rsid w:val="00032263"/>
     <w:rsid w:val="00040852"/>
     <w:rsid w:val="00062220"/>
     <w:rsid w:val="00072B90"/>
     <w:rsid w:val="00075BBF"/>
     <w:rsid w:val="00086449"/>
     <w:rsid w:val="0009460F"/>
-    <w:rsid w:val="00097D71"/>
     <w:rsid w:val="000A5A56"/>
     <w:rsid w:val="000A7EE7"/>
     <w:rsid w:val="000B2A1A"/>
     <w:rsid w:val="000B6391"/>
     <w:rsid w:val="000C28E3"/>
     <w:rsid w:val="000C62E5"/>
     <w:rsid w:val="000D23AC"/>
     <w:rsid w:val="000E18D2"/>
     <w:rsid w:val="000E48E2"/>
+    <w:rsid w:val="000E71AE"/>
     <w:rsid w:val="00101E90"/>
     <w:rsid w:val="00120AA1"/>
+    <w:rsid w:val="0013041D"/>
     <w:rsid w:val="00140F15"/>
     <w:rsid w:val="001455D1"/>
     <w:rsid w:val="00153AEB"/>
     <w:rsid w:val="001632C4"/>
+    <w:rsid w:val="001730DE"/>
     <w:rsid w:val="0019364D"/>
     <w:rsid w:val="0019684B"/>
+    <w:rsid w:val="00196A09"/>
     <w:rsid w:val="00197B09"/>
     <w:rsid w:val="001A054F"/>
     <w:rsid w:val="001A1E3E"/>
     <w:rsid w:val="001A3D40"/>
+    <w:rsid w:val="001A3DEF"/>
     <w:rsid w:val="001A3E68"/>
     <w:rsid w:val="001A70F6"/>
     <w:rsid w:val="001B3BA9"/>
     <w:rsid w:val="001C45A7"/>
     <w:rsid w:val="001D0F8A"/>
     <w:rsid w:val="001D3CF7"/>
     <w:rsid w:val="001F1A46"/>
     <w:rsid w:val="001F3447"/>
+    <w:rsid w:val="00205FB5"/>
     <w:rsid w:val="00215CF5"/>
     <w:rsid w:val="00224EC3"/>
     <w:rsid w:val="0022607E"/>
     <w:rsid w:val="00230F45"/>
     <w:rsid w:val="0024538B"/>
     <w:rsid w:val="002458DA"/>
     <w:rsid w:val="0025277B"/>
     <w:rsid w:val="00252B86"/>
     <w:rsid w:val="00262814"/>
     <w:rsid w:val="002670B3"/>
     <w:rsid w:val="00277EA7"/>
     <w:rsid w:val="00282773"/>
+    <w:rsid w:val="00285F96"/>
     <w:rsid w:val="002862C3"/>
     <w:rsid w:val="002A0C47"/>
     <w:rsid w:val="002A1F70"/>
     <w:rsid w:val="002A433B"/>
     <w:rsid w:val="002B13C3"/>
     <w:rsid w:val="002C3C7A"/>
     <w:rsid w:val="002E5B2E"/>
     <w:rsid w:val="002E5FC7"/>
     <w:rsid w:val="002F29D0"/>
     <w:rsid w:val="002F4A1E"/>
     <w:rsid w:val="002F5CCC"/>
+    <w:rsid w:val="002F66DE"/>
     <w:rsid w:val="00303956"/>
     <w:rsid w:val="00306301"/>
     <w:rsid w:val="00313D9D"/>
     <w:rsid w:val="003149A3"/>
     <w:rsid w:val="0032611C"/>
     <w:rsid w:val="00326970"/>
     <w:rsid w:val="003302A6"/>
     <w:rsid w:val="003310E5"/>
     <w:rsid w:val="003361FB"/>
     <w:rsid w:val="0033697B"/>
     <w:rsid w:val="00341E0E"/>
     <w:rsid w:val="00341EDC"/>
     <w:rsid w:val="00356495"/>
+    <w:rsid w:val="00363936"/>
     <w:rsid w:val="00363C6E"/>
     <w:rsid w:val="0036647E"/>
     <w:rsid w:val="00366FB3"/>
     <w:rsid w:val="00380BF6"/>
     <w:rsid w:val="00380E0C"/>
     <w:rsid w:val="003823B0"/>
     <w:rsid w:val="003849B8"/>
     <w:rsid w:val="0038747F"/>
     <w:rsid w:val="003A32E0"/>
     <w:rsid w:val="003A6B71"/>
     <w:rsid w:val="003A7303"/>
     <w:rsid w:val="003B4550"/>
     <w:rsid w:val="003B4844"/>
     <w:rsid w:val="003B66EE"/>
     <w:rsid w:val="003B6757"/>
     <w:rsid w:val="003B7CF9"/>
     <w:rsid w:val="003D2062"/>
     <w:rsid w:val="003D42D5"/>
+    <w:rsid w:val="003D4310"/>
     <w:rsid w:val="003E04EA"/>
     <w:rsid w:val="003F6B8C"/>
+    <w:rsid w:val="00423A0D"/>
     <w:rsid w:val="004260D5"/>
     <w:rsid w:val="00427FFC"/>
     <w:rsid w:val="00431C79"/>
+    <w:rsid w:val="00431D7E"/>
     <w:rsid w:val="00440E19"/>
     <w:rsid w:val="004413E4"/>
     <w:rsid w:val="00444349"/>
     <w:rsid w:val="00450C22"/>
     <w:rsid w:val="00457809"/>
     <w:rsid w:val="00457EBB"/>
     <w:rsid w:val="00463CEB"/>
     <w:rsid w:val="00473342"/>
     <w:rsid w:val="00474F72"/>
     <w:rsid w:val="00475E3B"/>
     <w:rsid w:val="0048017E"/>
     <w:rsid w:val="004801A4"/>
     <w:rsid w:val="00491ECF"/>
     <w:rsid w:val="004A0C8E"/>
     <w:rsid w:val="004A1744"/>
     <w:rsid w:val="004A247D"/>
+    <w:rsid w:val="004A2606"/>
     <w:rsid w:val="004C26D1"/>
     <w:rsid w:val="004D091D"/>
     <w:rsid w:val="004D107F"/>
     <w:rsid w:val="004D1CD1"/>
     <w:rsid w:val="004D7DC5"/>
     <w:rsid w:val="004E6913"/>
     <w:rsid w:val="004F282A"/>
     <w:rsid w:val="00505D53"/>
     <w:rsid w:val="00511112"/>
     <w:rsid w:val="00513D08"/>
     <w:rsid w:val="005150CE"/>
     <w:rsid w:val="00520540"/>
     <w:rsid w:val="00525797"/>
     <w:rsid w:val="00531BF2"/>
     <w:rsid w:val="005425A2"/>
     <w:rsid w:val="005510FE"/>
     <w:rsid w:val="00560DC9"/>
     <w:rsid w:val="00561E18"/>
     <w:rsid w:val="005918FB"/>
+    <w:rsid w:val="005A1FE4"/>
     <w:rsid w:val="005A3147"/>
     <w:rsid w:val="005B1129"/>
     <w:rsid w:val="005B19BE"/>
     <w:rsid w:val="005B49D0"/>
     <w:rsid w:val="005D081B"/>
     <w:rsid w:val="005D64B0"/>
     <w:rsid w:val="005E1059"/>
     <w:rsid w:val="005F1501"/>
     <w:rsid w:val="005F4E7F"/>
+    <w:rsid w:val="005F5282"/>
     <w:rsid w:val="005F6F84"/>
     <w:rsid w:val="00605C6E"/>
     <w:rsid w:val="00624975"/>
     <w:rsid w:val="006363D4"/>
     <w:rsid w:val="0063743F"/>
+    <w:rsid w:val="00647A91"/>
     <w:rsid w:val="00654512"/>
     <w:rsid w:val="00657BF0"/>
     <w:rsid w:val="00660C91"/>
     <w:rsid w:val="00662D27"/>
     <w:rsid w:val="00673941"/>
     <w:rsid w:val="00677773"/>
     <w:rsid w:val="006804AA"/>
     <w:rsid w:val="00691B1E"/>
     <w:rsid w:val="00692C62"/>
     <w:rsid w:val="0069398A"/>
+    <w:rsid w:val="00697A7A"/>
     <w:rsid w:val="006A227D"/>
     <w:rsid w:val="006A3369"/>
     <w:rsid w:val="006B5A8E"/>
     <w:rsid w:val="006B5C88"/>
+    <w:rsid w:val="006B6603"/>
     <w:rsid w:val="006C2A35"/>
     <w:rsid w:val="006E1CA4"/>
     <w:rsid w:val="006E5559"/>
     <w:rsid w:val="006E60E5"/>
     <w:rsid w:val="007010AD"/>
     <w:rsid w:val="0070313A"/>
     <w:rsid w:val="00712401"/>
     <w:rsid w:val="00713045"/>
     <w:rsid w:val="0071368A"/>
     <w:rsid w:val="00723DB8"/>
     <w:rsid w:val="007306A7"/>
+    <w:rsid w:val="00730A3F"/>
     <w:rsid w:val="00732436"/>
     <w:rsid w:val="00741FC5"/>
     <w:rsid w:val="00742B63"/>
     <w:rsid w:val="00746F72"/>
     <w:rsid w:val="007475C5"/>
     <w:rsid w:val="00751392"/>
     <w:rsid w:val="00757210"/>
     <w:rsid w:val="00763D81"/>
     <w:rsid w:val="007663DE"/>
     <w:rsid w:val="007707AA"/>
     <w:rsid w:val="0077129A"/>
     <w:rsid w:val="007A109E"/>
     <w:rsid w:val="007C388A"/>
     <w:rsid w:val="007C55FC"/>
     <w:rsid w:val="007D1BBD"/>
     <w:rsid w:val="007D2F07"/>
     <w:rsid w:val="007D4D3C"/>
     <w:rsid w:val="007D5E65"/>
     <w:rsid w:val="007E183B"/>
     <w:rsid w:val="007E6801"/>
     <w:rsid w:val="007E7E68"/>
     <w:rsid w:val="007F74C5"/>
+    <w:rsid w:val="00826559"/>
     <w:rsid w:val="008449A0"/>
     <w:rsid w:val="008517DB"/>
     <w:rsid w:val="00864721"/>
     <w:rsid w:val="0086779A"/>
     <w:rsid w:val="0087658D"/>
     <w:rsid w:val="0088213B"/>
     <w:rsid w:val="008B0194"/>
     <w:rsid w:val="008B0946"/>
     <w:rsid w:val="008B2757"/>
     <w:rsid w:val="008C4B59"/>
     <w:rsid w:val="008C559A"/>
     <w:rsid w:val="008D7873"/>
     <w:rsid w:val="008E2B6B"/>
     <w:rsid w:val="008E7440"/>
     <w:rsid w:val="009021D0"/>
     <w:rsid w:val="0090298A"/>
     <w:rsid w:val="0090726A"/>
     <w:rsid w:val="00907C19"/>
     <w:rsid w:val="00914EC9"/>
     <w:rsid w:val="00915E81"/>
     <w:rsid w:val="00921D82"/>
     <w:rsid w:val="009232D5"/>
     <w:rsid w:val="00925783"/>
     <w:rsid w:val="00935189"/>
     <w:rsid w:val="00941B98"/>
+    <w:rsid w:val="00961C57"/>
     <w:rsid w:val="00965445"/>
     <w:rsid w:val="00965D6A"/>
     <w:rsid w:val="009822E8"/>
     <w:rsid w:val="009828CC"/>
     <w:rsid w:val="00984462"/>
     <w:rsid w:val="00987648"/>
     <w:rsid w:val="00990D78"/>
     <w:rsid w:val="00992C1F"/>
     <w:rsid w:val="009A2C3D"/>
+    <w:rsid w:val="009A5F75"/>
     <w:rsid w:val="009B4B7C"/>
     <w:rsid w:val="009B555B"/>
     <w:rsid w:val="009C0329"/>
     <w:rsid w:val="009D5E72"/>
     <w:rsid w:val="009E180F"/>
     <w:rsid w:val="009E2826"/>
     <w:rsid w:val="009E56D7"/>
     <w:rsid w:val="009E7BEF"/>
     <w:rsid w:val="009F2B9F"/>
     <w:rsid w:val="00A026A1"/>
     <w:rsid w:val="00A06A29"/>
     <w:rsid w:val="00A1230B"/>
     <w:rsid w:val="00A137AD"/>
     <w:rsid w:val="00A206EA"/>
     <w:rsid w:val="00A316FE"/>
     <w:rsid w:val="00A33EEC"/>
     <w:rsid w:val="00A366B9"/>
     <w:rsid w:val="00A52A97"/>
     <w:rsid w:val="00A60FB9"/>
     <w:rsid w:val="00A650B7"/>
     <w:rsid w:val="00A66C2C"/>
     <w:rsid w:val="00A67101"/>
+    <w:rsid w:val="00A73C2C"/>
     <w:rsid w:val="00A813DB"/>
     <w:rsid w:val="00AA1816"/>
     <w:rsid w:val="00AA3C2A"/>
     <w:rsid w:val="00AA567A"/>
+    <w:rsid w:val="00AB1FD8"/>
     <w:rsid w:val="00AB2065"/>
     <w:rsid w:val="00AB56A7"/>
     <w:rsid w:val="00AB57F6"/>
     <w:rsid w:val="00AB7831"/>
     <w:rsid w:val="00AC06E5"/>
     <w:rsid w:val="00AD299A"/>
     <w:rsid w:val="00AD3DF5"/>
     <w:rsid w:val="00AD5F0F"/>
     <w:rsid w:val="00AE4F8C"/>
     <w:rsid w:val="00AE5D7A"/>
+    <w:rsid w:val="00AE6C0F"/>
     <w:rsid w:val="00AE7532"/>
     <w:rsid w:val="00AF49C0"/>
     <w:rsid w:val="00B06DA7"/>
     <w:rsid w:val="00B2114F"/>
     <w:rsid w:val="00B2254B"/>
     <w:rsid w:val="00B33316"/>
     <w:rsid w:val="00B33E17"/>
     <w:rsid w:val="00B35D9A"/>
     <w:rsid w:val="00B40641"/>
+    <w:rsid w:val="00B41F4B"/>
     <w:rsid w:val="00B426D3"/>
     <w:rsid w:val="00B42A91"/>
     <w:rsid w:val="00B44E77"/>
     <w:rsid w:val="00B45BEC"/>
     <w:rsid w:val="00B646F7"/>
     <w:rsid w:val="00B70936"/>
     <w:rsid w:val="00B709FF"/>
     <w:rsid w:val="00B816DD"/>
     <w:rsid w:val="00B825FA"/>
     <w:rsid w:val="00B84C9A"/>
     <w:rsid w:val="00B851AA"/>
     <w:rsid w:val="00B8619E"/>
     <w:rsid w:val="00B86F05"/>
     <w:rsid w:val="00B92EB7"/>
     <w:rsid w:val="00B96A78"/>
     <w:rsid w:val="00B97DAB"/>
     <w:rsid w:val="00BB3DAE"/>
     <w:rsid w:val="00BD093C"/>
     <w:rsid w:val="00BE28C0"/>
     <w:rsid w:val="00BF091E"/>
     <w:rsid w:val="00BF1C83"/>
+    <w:rsid w:val="00C16D83"/>
     <w:rsid w:val="00C16DE5"/>
     <w:rsid w:val="00C17907"/>
     <w:rsid w:val="00C224C6"/>
     <w:rsid w:val="00C225DA"/>
     <w:rsid w:val="00C22AB9"/>
     <w:rsid w:val="00C26149"/>
     <w:rsid w:val="00C30D15"/>
     <w:rsid w:val="00C31A98"/>
     <w:rsid w:val="00C42384"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C47F03"/>
     <w:rsid w:val="00C5545F"/>
     <w:rsid w:val="00C55695"/>
     <w:rsid w:val="00C65F50"/>
     <w:rsid w:val="00C7284E"/>
     <w:rsid w:val="00C7340A"/>
     <w:rsid w:val="00C737D1"/>
     <w:rsid w:val="00C91ED8"/>
     <w:rsid w:val="00CA2C79"/>
     <w:rsid w:val="00CA43F7"/>
     <w:rsid w:val="00CA6A43"/>
     <w:rsid w:val="00CB016B"/>
+    <w:rsid w:val="00CB104B"/>
     <w:rsid w:val="00CB5F42"/>
     <w:rsid w:val="00CB6DC2"/>
     <w:rsid w:val="00CB6DF9"/>
     <w:rsid w:val="00CC7BB3"/>
     <w:rsid w:val="00CD18BB"/>
     <w:rsid w:val="00CD70EF"/>
     <w:rsid w:val="00CE3A0D"/>
     <w:rsid w:val="00CE3A29"/>
     <w:rsid w:val="00CF2882"/>
     <w:rsid w:val="00D02C6F"/>
     <w:rsid w:val="00D061CC"/>
     <w:rsid w:val="00D0715F"/>
     <w:rsid w:val="00D1537C"/>
     <w:rsid w:val="00D1655B"/>
     <w:rsid w:val="00D429FF"/>
+    <w:rsid w:val="00D5321C"/>
     <w:rsid w:val="00D54C5C"/>
     <w:rsid w:val="00D564C0"/>
     <w:rsid w:val="00D61906"/>
     <w:rsid w:val="00D837A9"/>
+    <w:rsid w:val="00D96841"/>
     <w:rsid w:val="00DA36FB"/>
     <w:rsid w:val="00DA3F6F"/>
     <w:rsid w:val="00DB0BF0"/>
     <w:rsid w:val="00DB1DA5"/>
     <w:rsid w:val="00DB3021"/>
     <w:rsid w:val="00DB4CF6"/>
     <w:rsid w:val="00DB7B2D"/>
     <w:rsid w:val="00DC1FD7"/>
     <w:rsid w:val="00DD77BD"/>
     <w:rsid w:val="00DD7BA8"/>
     <w:rsid w:val="00DE04CA"/>
     <w:rsid w:val="00DE57C7"/>
     <w:rsid w:val="00E139F4"/>
     <w:rsid w:val="00E14A8F"/>
     <w:rsid w:val="00E14CD0"/>
     <w:rsid w:val="00E242B2"/>
     <w:rsid w:val="00E356D8"/>
     <w:rsid w:val="00E40C1B"/>
     <w:rsid w:val="00E471AA"/>
     <w:rsid w:val="00E50A93"/>
     <w:rsid w:val="00E54168"/>
     <w:rsid w:val="00E57CA5"/>
     <w:rsid w:val="00E645DB"/>
     <w:rsid w:val="00E65694"/>
     <w:rsid w:val="00E71E7A"/>
     <w:rsid w:val="00E7205A"/>
     <w:rsid w:val="00E84680"/>
     <w:rsid w:val="00E84AF6"/>
     <w:rsid w:val="00E84F3B"/>
     <w:rsid w:val="00E910E3"/>
     <w:rsid w:val="00EA1256"/>
     <w:rsid w:val="00EA1608"/>
     <w:rsid w:val="00EA282E"/>
     <w:rsid w:val="00EA2E83"/>
     <w:rsid w:val="00EB6E5E"/>
     <w:rsid w:val="00EC380A"/>
     <w:rsid w:val="00EC4E0F"/>
     <w:rsid w:val="00ED3445"/>
     <w:rsid w:val="00EE1D72"/>
+    <w:rsid w:val="00EF1E5F"/>
     <w:rsid w:val="00EF3983"/>
     <w:rsid w:val="00EF615C"/>
     <w:rsid w:val="00EF6457"/>
     <w:rsid w:val="00F032A0"/>
     <w:rsid w:val="00F04377"/>
     <w:rsid w:val="00F07522"/>
     <w:rsid w:val="00F3510C"/>
     <w:rsid w:val="00F3701E"/>
     <w:rsid w:val="00F441E6"/>
     <w:rsid w:val="00F44562"/>
+    <w:rsid w:val="00F52EBC"/>
     <w:rsid w:val="00F55ECC"/>
     <w:rsid w:val="00F630EE"/>
     <w:rsid w:val="00F663C0"/>
     <w:rsid w:val="00F72F3D"/>
     <w:rsid w:val="00F84AF2"/>
     <w:rsid w:val="00F925C0"/>
     <w:rsid w:val="00F949B3"/>
     <w:rsid w:val="00FC1128"/>
     <w:rsid w:val="00FD01DD"/>
     <w:rsid w:val="00FD3112"/>
     <w:rsid w:val="00FF1CF8"/>
     <w:rsid w:val="00FF2F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{5F503DAB-E279-4C3A-9E2C-C3AF073772BA}"/>
+  <w14:docId w14:val="1756F713"/>
+  <w15:docId w15:val="{F7EB9E4E-60DE-409A-85FD-A629EE350151}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-CH" w:eastAsia="fr-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -15992,50 +15020,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006A3369"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
       <w:spacing w:after="240"/>
@@ -16141,68 +15174,74 @@
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D061CC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Titre4"/>
     <w:semiHidden/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8505"/>
       </w:tabs>
       <w:ind w:right="567"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TM3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Titre3"/>
     <w:semiHidden/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8505"/>
@@ -16650,364 +15689,400 @@
     <w:rsid w:val="00D061CC"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="000E18D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\renier\AppData\Local\Temp\0183_Demande%20d'&#233;valuation.dot" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\walpen\Downloads\Demande_evaluation%20-%20Description%20formule%20210_0.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71808BC3-82D9-4F5E-BB7A-57D0B526DD63}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>0183_Demande d'évaluation.dot</Template>
+  <Template>Demande_evaluation - Description formule 210_0.dotx</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8137</Characters>
+  <Pages>5</Pages>
+  <Words>1452</Words>
+  <Characters>7989</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>66</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Modèle de lettre DF</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CTI - Etat de Genève</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9597</CharactersWithSpaces>
+  <CharactersWithSpaces>9423</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Modèle de lettre DF</dc:title>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Laure Walpen</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="RéfCTI">
     <vt:lpwstr>DF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastService">
     <vt:lpwstr>3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastDivision">
     <vt:lpwstr>1</vt:lpwstr>
   </property>
 </Properties>
 </file>