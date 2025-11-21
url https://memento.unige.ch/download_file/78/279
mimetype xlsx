--- v0 (2025-10-29)
+++ v1 (2025-11-21)
@@ -1,126 +1,131 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SCGSI_Pole_Operationnel\MEMENTO\HISTORIQUE DES MODIFICATIONS\0095 - Remplacement en cas de maladie ou accident\25 07 28 - 0095 - 257441\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nguyechr\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F472156-DE3F-4F6C-8F92-75C60CC4A819}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AEF6F37F-69C4-44AA-9FEA-C581C54A4A6C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-19320" yWindow="690" windowWidth="19440" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F91" i="2" l="1"/>
+  <c r="G87" i="2" l="1"/>
+  <c r="G88" i="2"/>
+  <c r="G89" i="2"/>
+  <c r="G90" i="2"/>
+  <c r="G91" i="2"/>
+  <c r="G86" i="2"/>
+  <c r="F91" i="2"/>
   <c r="E91" i="2"/>
   <c r="D91" i="2"/>
   <c r="E90" i="2"/>
   <c r="F90" i="2" s="1"/>
   <c r="D90" i="2"/>
   <c r="F89" i="2"/>
   <c r="E89" i="2"/>
   <c r="D89" i="2"/>
   <c r="F88" i="2"/>
   <c r="E88" i="2"/>
   <c r="D88" i="2"/>
   <c r="F87" i="2"/>
   <c r="E87" i="2"/>
   <c r="D87" i="2"/>
   <c r="E86" i="2"/>
   <c r="D86" i="2"/>
   <c r="B82" i="2"/>
   <c r="B69" i="2"/>
   <c r="B67" i="2"/>
   <c r="C69" i="2" s="1"/>
   <c r="C70" i="2" s="1"/>
   <c r="B15" i="2"/>
   <c r="C15" i="2" s="1"/>
   <c r="H11" i="2"/>
   <c r="F86" i="2" l="1"/>
   <c r="C19" i="2"/>
   <c r="C16" i="2"/>
   <c r="C17" i="2" s="1"/>
   <c r="I91" i="2"/>
   <c r="I89" i="2"/>
   <c r="I87" i="2"/>
   <c r="C71" i="2"/>
   <c r="C72" i="2" s="1"/>
   <c r="I90" i="2"/>
   <c r="I86" i="2"/>
-  <c r="I92" i="2" s="1"/>
+  <c r="I88" i="2"/>
+  <c r="I92" i="2" l="1"/>
   <c r="I93" i="2" s="1"/>
-  <c r="I88" i="2"/>
-  <c r="C50" i="2" l="1"/>
+  <c r="C50" i="2"/>
   <c r="C51" i="2" s="1"/>
   <c r="C52" i="2" s="1"/>
   <c r="C45" i="2"/>
   <c r="C46" i="2" s="1"/>
   <c r="C47" i="2" s="1"/>
   <c r="C18" i="2"/>
   <c r="C31" i="2" s="1"/>
   <c r="C32" i="2" s="1"/>
   <c r="C33" i="2" s="1"/>
   <c r="C25" i="2"/>
   <c r="C26" i="2" s="1"/>
   <c r="C27" i="2" s="1"/>
   <c r="C28" i="2" l="1"/>
   <c r="C40" i="2" s="1"/>
   <c r="C37" i="2"/>
   <c r="C36" i="2"/>
   <c r="C34" i="2"/>
   <c r="C38" i="2" l="1"/>
   <c r="C41" i="2" s="1"/>
   <c r="C74" i="2" s="1"/>
   <c r="C76" i="2" s="1"/>
   <c r="C55" i="2"/>
   <c r="C57" i="2" s="1"/>
   <c r="C75" i="2" s="1"/>
   <c r="C95" i="2" l="1"/>
@@ -2081,52 +2086,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{956CB22E-B0B8-444A-A226-924A68E5E2A9}">
   <dimension ref="A1:M97"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H92" sqref="H92"/>
+    <sheetView tabSelected="1" topLeftCell="A70" workbookViewId="0">
+      <selection activeCell="L87" sqref="L87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.140625" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.42578125" customWidth="1"/>
     <col min="4" max="6" width="0" hidden="1" customWidth="1"/>
     <col min="7" max="8" width="19.140625" customWidth="1"/>
     <col min="9" max="9" width="39.42578125" customWidth="1"/>
     <col min="11" max="11" width="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="165" t="s">
         <v>87</v>
       </c>
       <c r="C1" s="165"/>
       <c r="D1" s="165"/>
       <c r="E1" s="165"/>
       <c r="F1" s="165"/>
       <c r="G1" s="165"/>
       <c r="H1" s="165"/>
       <c r="I1" s="165"/>
@@ -3554,283 +3559,285 @@
       <c r="A85" s="143" t="s">
         <v>71</v>
       </c>
       <c r="B85" s="170"/>
       <c r="C85" s="170"/>
       <c r="D85" s="144" t="s">
         <v>72</v>
       </c>
       <c r="E85" s="144" t="s">
         <v>73</v>
       </c>
       <c r="F85" s="144" t="s">
         <v>74</v>
       </c>
       <c r="G85" s="172"/>
       <c r="H85" s="158"/>
       <c r="I85" s="174"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="M85" s="159"/>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A86" s="104" t="s">
         <v>75</v>
       </c>
-      <c r="B86" s="145">
-[...4 lines deleted...]
-      </c>
+      <c r="B86" s="145"/>
+      <c r="C86" s="145"/>
       <c r="D86" s="146" t="b">
         <f>ISBLANK(B86)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E86" s="146" t="b">
         <f>ISBLANK(C86)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F86" s="146" t="str">
         <f t="shared" ref="F86:F91" si="0">CONCATENATE(D86,E86)</f>
-        <v>FAUXFAUX</v>
+        <v>VRAIVRAI</v>
       </c>
       <c r="G86" s="147">
-        <v>105</v>
+        <f>IF(B$86="",0,DATEDIF($B86,$C86,"D")+1)</f>
+        <v>0</v>
       </c>
       <c r="H86" s="147"/>
       <c r="I86" s="148">
         <f>$C$70*$G86</f>
-        <v>18958.333333333336</v>
+        <v>0</v>
       </c>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A87" s="104" t="s">
         <v>75</v>
       </c>
       <c r="B87" s="145"/>
       <c r="C87" s="145"/>
       <c r="D87" s="146" t="b">
         <f t="shared" ref="D87:E91" si="1">ISBLANK(B87)</f>
         <v>1</v>
       </c>
       <c r="E87" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F87" s="146" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G87" s="147">
+        <f t="shared" ref="G87:G91" si="2">IF(B$86="",0,DATEDIF($B87,$C87,"D")+1)</f>
         <v>0</v>
       </c>
       <c r="H87" s="147"/>
       <c r="I87" s="148">
-        <f t="shared" ref="I87:I91" si="2">$C$70*$G87</f>
+        <f t="shared" ref="I87:I91" si="3">$C$70*$G87</f>
         <v>0</v>
       </c>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
     </row>
     <row r="88" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A88" s="104" t="s">
         <v>75</v>
       </c>
       <c r="B88" s="145"/>
       <c r="C88" s="145"/>
       <c r="D88" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E88" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F88" s="146" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G88" s="147">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H88" s="147"/>
       <c r="I88" s="148">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J88" s="1"/>
       <c r="K88" s="1"/>
     </row>
     <row r="89" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A89" s="104" t="s">
         <v>75</v>
       </c>
       <c r="B89" s="145"/>
       <c r="C89" s="145"/>
       <c r="D89" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E89" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F89" s="146" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G89" s="147">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H89" s="147"/>
       <c r="I89" s="148">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
     </row>
     <row r="90" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A90" s="104" t="s">
         <v>75</v>
       </c>
       <c r="B90" s="145"/>
       <c r="C90" s="145"/>
       <c r="D90" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E90" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F90" s="146" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G90" s="147">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H90" s="147"/>
       <c r="I90" s="148">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
     </row>
     <row r="91" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A91" s="104" t="s">
         <v>75</v>
       </c>
       <c r="B91" s="145"/>
       <c r="C91" s="145"/>
       <c r="D91" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E91" s="146" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F91" s="146" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G91" s="147">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H91" s="147"/>
       <c r="I91" s="148">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
     </row>
     <row r="92" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A92" s="104" t="s">
         <v>76</v>
       </c>
       <c r="B92" s="31"/>
       <c r="C92" s="31"/>
       <c r="D92" s="31"/>
       <c r="E92" s="31"/>
       <c r="F92" s="31"/>
       <c r="G92" s="31"/>
       <c r="H92" s="31"/>
       <c r="I92" s="149">
         <f>SUM(I86:I91)</f>
-        <v>18958.333333333336</v>
+        <v>0</v>
       </c>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
     </row>
     <row r="93" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A93" s="143" t="s">
         <v>77</v>
       </c>
       <c r="B93" s="31"/>
       <c r="C93" s="38">
         <v>1.23</v>
       </c>
       <c r="D93" s="38"/>
       <c r="E93" s="38"/>
       <c r="F93" s="38"/>
       <c r="G93" s="31"/>
       <c r="H93" s="31"/>
       <c r="I93" s="150">
         <f>I92*C93</f>
-        <v>23318.750000000004</v>
+        <v>0</v>
       </c>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
     </row>
     <row r="94" spans="1:13" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="12"/>
       <c r="B94" s="31"/>
       <c r="C94" s="31"/>
       <c r="D94" s="31"/>
       <c r="E94" s="31"/>
       <c r="F94" s="31"/>
       <c r="G94" s="31"/>
       <c r="H94" s="31"/>
       <c r="I94" s="22"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
     </row>
     <row r="95" spans="1:13" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="151" t="s">
         <v>78</v>
       </c>
       <c r="B95" s="152"/>
       <c r="C95" s="153">
         <f>SUM(C76-I93)</f>
-        <v>289.03559999999925</v>
+        <v>23607.785600000003</v>
       </c>
       <c r="D95" s="154"/>
       <c r="E95" s="154"/>
       <c r="F95" s="154"/>
       <c r="G95" s="163" t="s">
         <v>79</v>
       </c>
       <c r="H95" s="163"/>
       <c r="I95" s="164"/>
       <c r="J95" s="1"/>
       <c r="K95" s="1"/>
     </row>
     <row r="96" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A96" s="1"/>
       <c r="B96" s="1"/>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
     </row>