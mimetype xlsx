--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,87 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SCGSI_Pole_Operationnel\MEMENTO\HISTORIQUE DES MODIFICATIONS\0095 - Remplacement en cas de maladie ou accident\25 07 28 - 0095 - 257441\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nguyechr\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7EA49883-6883-49E6-8B89-74B61E186E96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4484613A-616A-4720-8483-8C7A73556804}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E78" i="2" l="1"/>
+  <c r="G74" i="2" l="1"/>
+  <c r="G75" i="2"/>
+  <c r="G76" i="2"/>
+  <c r="G77" i="2"/>
+  <c r="G78" i="2"/>
+  <c r="G73" i="2"/>
+  <c r="E78" i="2"/>
   <c r="D78" i="2"/>
   <c r="F78" i="2" s="1"/>
   <c r="E77" i="2"/>
   <c r="D77" i="2"/>
   <c r="F77" i="2" s="1"/>
   <c r="E76" i="2"/>
   <c r="F76" i="2" s="1"/>
   <c r="D76" i="2"/>
   <c r="E75" i="2"/>
   <c r="D75" i="2"/>
   <c r="F75" i="2" s="1"/>
   <c r="E74" i="2"/>
   <c r="F74" i="2" s="1"/>
   <c r="D74" i="2"/>
   <c r="E73" i="2"/>
   <c r="D73" i="2"/>
   <c r="B69" i="2"/>
   <c r="B60" i="2"/>
   <c r="B58" i="2"/>
   <c r="C60" i="2" s="1"/>
   <c r="C61" i="2" s="1"/>
   <c r="B15" i="2"/>
   <c r="C15" i="2" s="1"/>
   <c r="H11" i="2"/>
   <c r="F73" i="2" l="1"/>
@@ -1909,52 +1914,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB5796F8-3CE5-4A99-A037-157B770BC7DF}">
   <dimension ref="A1:M84"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8"/>
+    <sheetView tabSelected="1" topLeftCell="A62" workbookViewId="0">
+      <selection activeCell="B73" sqref="B73:C73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.140625" customWidth="1"/>
     <col min="2" max="2" width="17.85546875" customWidth="1"/>
     <col min="3" max="3" width="20.42578125" customWidth="1"/>
     <col min="4" max="6" width="0" hidden="1" customWidth="1"/>
     <col min="7" max="8" width="19.140625" customWidth="1"/>
     <col min="9" max="9" width="39.42578125" customWidth="1"/>
     <col min="11" max="11" width="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="155" t="s">
         <v>67</v>
       </c>
       <c r="C1" s="155"/>
       <c r="D1" s="155"/>
       <c r="E1" s="155"/>
       <c r="F1" s="155"/>
       <c r="G1" s="155"/>
       <c r="H1" s="155"/>
       <c r="I1" s="155"/>
@@ -3146,283 +3151,285 @@
       <c r="A72" s="122" t="s">
         <v>59</v>
       </c>
       <c r="B72" s="160"/>
       <c r="C72" s="160"/>
       <c r="D72" s="123" t="s">
         <v>60</v>
       </c>
       <c r="E72" s="123" t="s">
         <v>61</v>
       </c>
       <c r="F72" s="123" t="s">
         <v>62</v>
       </c>
       <c r="G72" s="162"/>
       <c r="H72" s="124"/>
       <c r="I72" s="164"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="M72" s="121"/>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A73" s="94" t="s">
         <v>63</v>
       </c>
-      <c r="B73" s="125">
-[...4 lines deleted...]
-      </c>
+      <c r="B73" s="125"/>
+      <c r="C73" s="125"/>
       <c r="D73" s="126" t="b">
         <f>ISBLANK(B73)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E73" s="126" t="b">
         <f>ISBLANK(C73)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F73" s="126" t="str">
         <f t="shared" ref="F73:F78" si="0">CONCATENATE(D73,E73)</f>
-        <v>FAUXFAUX</v>
+        <v>VRAIVRAI</v>
       </c>
       <c r="G73" s="127">
-        <v>83</v>
+        <f>IF($B73="",0,DATEDIF($B73,$C73,"D")+1)</f>
+        <v>0</v>
       </c>
       <c r="H73" s="127"/>
       <c r="I73" s="128">
         <f>$C$61*$G73</f>
-        <v>14986.111111111113</v>
+        <v>0</v>
       </c>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A74" s="94" t="s">
         <v>63</v>
       </c>
       <c r="B74" s="125"/>
       <c r="C74" s="125"/>
       <c r="D74" s="126" t="b">
         <f t="shared" ref="D74:E78" si="1">ISBLANK(B74)</f>
         <v>1</v>
       </c>
       <c r="E74" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F74" s="126" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G74" s="127">
+        <f t="shared" ref="G74:G78" si="2">IF($B74="",0,DATEDIF($B74,$C74,"D")+1)</f>
         <v>0</v>
       </c>
       <c r="H74" s="127"/>
       <c r="I74" s="128">
-        <f t="shared" ref="I74:I78" si="2">$C$61*$G74</f>
+        <f t="shared" ref="I74:I78" si="3">$C$61*$G74</f>
         <v>0</v>
       </c>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A75" s="94" t="s">
         <v>63</v>
       </c>
       <c r="B75" s="125"/>
       <c r="C75" s="125"/>
       <c r="D75" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E75" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F75" s="126" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G75" s="127">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H75" s="127"/>
       <c r="I75" s="128">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A76" s="94" t="s">
         <v>63</v>
       </c>
       <c r="B76" s="125"/>
       <c r="C76" s="125"/>
       <c r="D76" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E76" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F76" s="126" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G76" s="127">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H76" s="127"/>
       <c r="I76" s="128">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A77" s="94" t="s">
         <v>63</v>
       </c>
       <c r="B77" s="125"/>
       <c r="C77" s="125"/>
       <c r="D77" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E77" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F77" s="126" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G77" s="127">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H77" s="127"/>
       <c r="I77" s="128">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A78" s="94" t="s">
         <v>63</v>
       </c>
       <c r="B78" s="125"/>
       <c r="C78" s="125"/>
       <c r="D78" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="E78" s="126" t="b">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="F78" s="126" t="str">
         <f t="shared" si="0"/>
         <v>VRAIVRAI</v>
       </c>
       <c r="G78" s="127">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="H78" s="127"/>
       <c r="I78" s="128">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A79" s="94" t="s">
         <v>64</v>
       </c>
       <c r="B79" s="33"/>
       <c r="C79" s="33"/>
       <c r="D79" s="33"/>
       <c r="E79" s="33"/>
       <c r="F79" s="33"/>
       <c r="G79" s="33"/>
       <c r="H79" s="33"/>
       <c r="I79" s="129">
         <f>SUM(I73:I78)</f>
-        <v>14986.111111111113</v>
+        <v>0</v>
       </c>
       <c r="J79" s="1"/>
       <c r="K79" s="1"/>
     </row>
     <row r="80" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="122" t="s">
         <v>65</v>
       </c>
       <c r="B80" s="33"/>
       <c r="C80" s="40">
         <v>1.23</v>
       </c>
       <c r="D80" s="40"/>
       <c r="E80" s="40"/>
       <c r="F80" s="40"/>
       <c r="G80" s="33"/>
       <c r="H80" s="33"/>
       <c r="I80" s="130">
         <f>I79*C80</f>
-        <v>18432.916666666668</v>
+        <v>0</v>
       </c>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
     </row>
     <row r="81" spans="1:11" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="13"/>
       <c r="B81" s="33"/>
       <c r="C81" s="33"/>
       <c r="D81" s="33"/>
       <c r="E81" s="33"/>
       <c r="F81" s="33"/>
       <c r="G81" s="33"/>
       <c r="H81" s="33"/>
       <c r="I81" s="23"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
     </row>
     <row r="82" spans="1:11" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="131" t="s">
         <v>66</v>
       </c>
       <c r="B82" s="132"/>
       <c r="C82" s="133">
         <f>C49-I80</f>
-        <v>314.62893333333341</v>
+        <v>18747.545600000001</v>
       </c>
       <c r="D82" s="134"/>
       <c r="E82" s="134"/>
       <c r="F82" s="134"/>
       <c r="G82" s="153" t="s">
         <v>72</v>
       </c>
       <c r="H82" s="153"/>
       <c r="I82" s="154"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
     </row>
     <row r="83" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A83" s="1"/>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
     </row>