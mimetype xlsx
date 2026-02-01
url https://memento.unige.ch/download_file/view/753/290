--- v0 (2025-11-21)
+++ v1 (2026-02-01)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SCGSI_Pole_Operationnel\INDEMNITES DE DIRECTION\02_Memento\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC74F6A9-2B78-4AA9-88EC-9F85106BA8D3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="ZgCGUwwtB5TQaHDjw6qjzQMY15RxXdM3CzqIogDd7n+5OJV/1Aj7T9MJDcgs86wwKmmpXTvbfRq1QDuu3a04YQ==" workbookSaltValue="y+LhPWAjaa8z2kiU2JGoiw==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD9BD8F9-E049-4CB2-AB9E-51F1C0296402}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="PcG9W3VbIRU6meadq2Rcy/x1/xd2d5EBOnntlTN1nX39vwSfN++TRUXf21nInPTD9Hd+CrUBbzs6TAtvG1zANA==" workbookSaltValue="sLnN2HQypZyRuGxa3ucFpA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{4EC4E953-620F-4DB5-8F9D-F5ECC4D059F1}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DEDC882E-521C-4284-8496-5FC79200B369}"/>
   </bookViews>
   <sheets>
-    <sheet name="Memento 09.25" sheetId="1" r:id="rId1"/>
+    <sheet name="Memento_02.2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Memento 09.25'!$A$3:$F$3</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Memento 09.25'!$1:$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Memento_02.2026!$A$3:$F$155</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Memento_02.2026!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="603" uniqueCount="421">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="429">
   <si>
     <t xml:space="preserve">                                                           Liste des doyen-nes, vice-doyen-nes, président-es, vice-président-es, directeurs/trices
                                                            de Facultés, Centres et Instituts
-                                                           Situation - Septembre 2025</t>
+                                                           Situation - Février 2026</t>
   </si>
   <si>
     <t>Faculté / Centre</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Date début</t>
   </si>
   <si>
     <t>Date fin</t>
   </si>
   <si>
     <t>Faculté des sciences</t>
   </si>
   <si>
     <t>Doyen-ne Faculté des sciences</t>
   </si>
@@ -410,96 +410,105 @@
   <si>
     <t>Vice-Doyen-ne Faculté de médecine pour le dicastère de la formation post-graduée et de l'identité professionnelle</t>
   </si>
   <si>
     <t>GUESSOUS</t>
   </si>
   <si>
     <t>IDRIS</t>
   </si>
   <si>
     <t>Vice-Doyen-ne Faculté de médecine pour le dicastère de la formation pré-graduée</t>
   </si>
   <si>
     <t>NENDAZ</t>
   </si>
   <si>
     <t>MATHIEU</t>
   </si>
   <si>
     <t>Vice-Doyen-ne Faculté de médecine pour le dicastère de la recherche translationnelle</t>
   </si>
   <si>
     <t>FERRARI</t>
   </si>
   <si>
-    <t xml:space="preserve">Vice-Doyen-ne Faculté de médecine pour le dicastère de la médecine clinique </t>
+    <t>Vice-Doyen-ne Faculté de médecine pour le dicastère de la médecine clinique</t>
   </si>
   <si>
     <t>CALMY</t>
   </si>
   <si>
     <t>ALEXANDRA</t>
   </si>
   <si>
     <t>Vice-Doyen-ne associé-e Faculté de médecine pour le dicastère de la recherche fondamentale</t>
   </si>
   <si>
     <t>BELLONE</t>
   </si>
   <si>
     <t>CAMILLA</t>
   </si>
   <si>
     <t>Vice-Doyen-ne associé-e Faculté de médecine pour le dicastère des carrières, de l'égalité, de la diversité et de l'inclusion</t>
   </si>
   <si>
     <t>HUGUES</t>
   </si>
   <si>
     <t>STEPHANIE</t>
   </si>
   <si>
     <t>Président-e Section de médecine fondamentale</t>
   </si>
   <si>
     <t>COSSON</t>
   </si>
   <si>
     <t>PIERRE</t>
   </si>
   <si>
     <t>Vice-Président-e Section de médecine fondamentale</t>
   </si>
   <si>
     <t>SCHMOLKE</t>
   </si>
   <si>
     <t>MIRCO</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département de pathologie et immunologie </t>
+    <t>Directeur/trice Département de réhadaptation et gériatrie</t>
+  </si>
+  <si>
+    <t>ZEKRY</t>
+  </si>
+  <si>
+    <t>DINA</t>
+  </si>
+  <si>
+    <t>Directeur/trice Département de pathologie et immunologie</t>
   </si>
   <si>
     <t>HARTLEY</t>
   </si>
   <si>
     <t>OLIVIER</t>
   </si>
   <si>
     <t>Directeur/trice Département de neurosciences fondamentales</t>
   </si>
   <si>
     <t>JABAUDON-GANDET</t>
   </si>
   <si>
     <t>DENIS</t>
   </si>
   <si>
     <t>Directeur/trice Département de physiologie cellulaire et métabolisme</t>
   </si>
   <si>
     <t>MERALDI</t>
   </si>
   <si>
     <t>PATRICK</t>
   </si>
@@ -518,51 +527,51 @@
   <si>
     <t>SOLDATI-FAVRE</t>
   </si>
   <si>
     <t>DOMINIQUE</t>
   </si>
   <si>
     <t>Directeur/trice Département de médecine génétique et développement</t>
   </si>
   <si>
     <t>NEERMAN ARBEZ</t>
   </si>
   <si>
     <t>MARGUERITE</t>
   </si>
   <si>
     <t>Président-e Section de médecine clinique</t>
   </si>
   <si>
     <t>HARBARTH</t>
   </si>
   <si>
     <t>STEPHAN JUERGEN</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département de médecine </t>
+    <t>Directeur/trice Département de médecine</t>
   </si>
   <si>
     <t>FONTANA</t>
   </si>
   <si>
     <t>Directeur/trice Département de pédiatrie, gynécologie et obstétrique</t>
   </si>
   <si>
     <t>PETIGNAT</t>
   </si>
   <si>
     <t>Directeur/trice Département de psychiatrie</t>
   </si>
   <si>
     <t>KAISER</t>
   </si>
   <si>
     <t>STEFAN</t>
   </si>
   <si>
     <t>Directeur/trice Département des neurosciences cliniques</t>
   </si>
   <si>
     <t>THUMANN</t>
   </si>
@@ -572,51 +581,51 @@
   <si>
     <t>Directeur/trice Département de radiologie et informatique médicale</t>
   </si>
   <si>
     <t>GARIBOTTO</t>
   </si>
   <si>
     <t>VALENTINA</t>
   </si>
   <si>
     <t>Directeur/trice Institut de santé globale</t>
   </si>
   <si>
     <t>RAY</t>
   </si>
   <si>
     <t>Directeur/trice Institut de médecine légale</t>
   </si>
   <si>
     <t>GRABHERR</t>
   </si>
   <si>
     <t>SILKE</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département de santé et médecine communautaires </t>
+    <t>Directeur/trice Département de santé et médecine communautaires</t>
   </si>
   <si>
     <t>HURST</t>
   </si>
   <si>
     <t>SAMIA</t>
   </si>
   <si>
     <t>Président-e Section médecine dentaire</t>
   </si>
   <si>
     <t>SAILER</t>
   </si>
   <si>
     <t>IRENA</t>
   </si>
   <si>
     <t>Directeur/trice Département de médecine dentaire préventive et de premiers recours de la CUMD</t>
   </si>
   <si>
     <t>GIANNOPOULOU</t>
   </si>
   <si>
     <t>EKATERINI</t>
   </si>
@@ -656,132 +665,132 @@
   <si>
     <t>Vice-Doyen-ne Faculté des lettres</t>
   </si>
   <si>
     <t>JOYEUX-PRUNEL</t>
   </si>
   <si>
     <t>BEATRICE</t>
   </si>
   <si>
     <t>HERRMANN</t>
   </si>
   <si>
     <t>IRENE</t>
   </si>
   <si>
     <t>GIRAUD</t>
   </si>
   <si>
     <t>CEDRIC</t>
   </si>
   <si>
     <t>Directeur/trice Département de langue et littérature françaises modernes</t>
   </si>
   <si>
-    <t>TINGUELY</t>
+    <t>RUEFF</t>
   </si>
   <si>
     <t>Directeur/trice Département des langues et des littératures françaises et latines médiévales</t>
   </si>
   <si>
     <t>GREUB</t>
   </si>
   <si>
     <t>YAN</t>
   </si>
   <si>
     <t>Directeur/trice Département de linguistique</t>
   </si>
   <si>
     <t>CHARNAVEL</t>
   </si>
   <si>
     <t>ISABELLE</t>
   </si>
   <si>
     <t>Directeur/trice Département de langue et littérature allemandes</t>
   </si>
   <si>
     <t>WEDER</t>
   </si>
   <si>
     <t>CHRISTINE</t>
   </si>
   <si>
     <t>Directeur/trice Département de langue et littérature anglaises</t>
   </si>
   <si>
-    <t>SWIFT</t>
-[...2 lines deleted...]
-    <t>SIMON</t>
+    <t>ERNE</t>
+  </si>
+  <si>
+    <t>LUKAS CHRISTIAN</t>
   </si>
   <si>
     <t>Directeur/trice Département de langues et littératures romanes</t>
   </si>
   <si>
     <t>ROGGIA</t>
   </si>
   <si>
     <t>CARLO ENRICO</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département d’études méditerranéennes, slaves et orientales </t>
+    <t>Directeur/trice Département d’études méditerranéennes, slaves et orientales</t>
   </si>
   <si>
     <t>CALZOLARI BOUVIER</t>
   </si>
   <si>
     <t>Directeur/trice Département d'études est-asiatiques</t>
   </si>
   <si>
     <t>BRISSET</t>
   </si>
   <si>
     <t>CLAIRE-AKIKO</t>
   </si>
   <si>
     <t>Directeur/trice Département des sciences de l'antiquité</t>
   </si>
   <si>
     <t>MITTERMAYER</t>
   </si>
   <si>
     <t>CATHERINE</t>
   </si>
   <si>
     <t>Directeur/trice Département de philosophie</t>
   </si>
   <si>
     <t>CORREIA</t>
   </si>
   <si>
     <t>FABRICE</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département d'histoire générale </t>
+    <t>Directeur/trice Département d'histoire générale</t>
   </si>
   <si>
     <t>CAESAR</t>
   </si>
   <si>
     <t>Directeur/trice Département d'histoire de l'art et de musicologie</t>
   </si>
   <si>
     <t>ELSIG</t>
   </si>
   <si>
     <t>Directeur/trice Ecole de langue et de civilisation françaises (ELCF)</t>
   </si>
   <si>
     <t>RACINE</t>
   </si>
   <si>
     <t>Faculté d'économie et de management GSEM</t>
   </si>
   <si>
     <t>Doyen-ne Faculté d'économie et de management</t>
   </si>
   <si>
     <t>DI FALCO</t>
   </si>
@@ -914,84 +923,93 @@
   <si>
     <t>VILLARD</t>
   </si>
   <si>
     <t>KATIA</t>
   </si>
   <si>
     <t>Directeur/trice Centre d'étude, de technique et d'évaluation législatives</t>
   </si>
   <si>
     <t>COTTIER</t>
   </si>
   <si>
     <t>MICHELLE</t>
   </si>
   <si>
     <t>Directeur/trice Centre du droit de l'art</t>
   </si>
   <si>
     <t>MAGET DOMINICE</t>
   </si>
   <si>
     <t>ANTOINETTE</t>
   </si>
   <si>
+    <t>Président du Conseil de direction de l’Ecole d’avocature (ECAV)</t>
+  </si>
+  <si>
+    <t>JEANNERET</t>
+  </si>
+  <si>
+    <t>YVAN</t>
+  </si>
+  <si>
     <t>Faculté autonome de théologie protestante</t>
   </si>
   <si>
     <t>Doyen-ne Faculté de théologie</t>
   </si>
   <si>
     <t>CHALAMET</t>
   </si>
   <si>
     <t>CHRISTOPHE MARC SIMON</t>
   </si>
   <si>
     <t>Vice-Doyen-ne Faculté de théologie</t>
   </si>
   <si>
-    <t>SCHOLL</t>
+    <t>SCHOLL PEREZ</t>
   </si>
   <si>
     <t>SARAH</t>
   </si>
   <si>
     <t>MACCHI</t>
   </si>
   <si>
     <t>JEAN-DANIEL</t>
   </si>
   <si>
     <t>Faculté de psychologie et des sciences de l'éducation</t>
   </si>
   <si>
     <t>Doyen-ne Faculté de psychologie et des sciences de l'éducation</t>
   </si>
   <si>
-    <t>MOTTIER-LOPEZ</t>
+    <t>MOTTIER LOPEZ</t>
   </si>
   <si>
     <t>LUCIE</t>
   </si>
   <si>
     <t>Vice-Doyen-ne Faculté de psychologie et des sciences de l'éducation</t>
   </si>
   <si>
     <t>LAGANARO</t>
   </si>
   <si>
     <t>MARINA</t>
   </si>
   <si>
     <t>SANDER</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
     <t>POIZAT</t>
   </si>
   <si>
     <t>GERMAIN</t>
   </si>
@@ -1028,54 +1046,54 @@
   <si>
     <t>MAITENA</t>
   </si>
   <si>
     <t>Faculté des sciences de la société</t>
   </si>
   <si>
     <t>Doyen-ne Faculté des sciences de la société</t>
   </si>
   <si>
     <t>SCIARINI</t>
   </si>
   <si>
     <t>PASCAL</t>
   </si>
   <si>
     <t>Vice-Doyen-ne Faculté des sciences de la société</t>
   </si>
   <si>
     <t>LIEBER GABBIANI</t>
   </si>
   <si>
     <t>MARYLENE</t>
   </si>
   <si>
-    <t>BONVIN</t>
-[...2 lines deleted...]
-    <t>JEAN-MICHEL</t>
+    <t>FLORES ZENDEJAS</t>
+  </si>
+  <si>
+    <t>JUAN</t>
   </si>
   <si>
     <t>FALL</t>
   </si>
   <si>
     <t>JULIET JANE</t>
   </si>
   <si>
     <t>Directeur/trice Département de Géographie et environnement</t>
   </si>
   <si>
     <t>MATTHEY</t>
   </si>
   <si>
     <t>LAURENT</t>
   </si>
   <si>
     <t>Directeur/trice Département de science politique et relations internationales</t>
   </si>
   <si>
     <t>GIANNI</t>
   </si>
   <si>
     <t>MATTEO</t>
   </si>
@@ -1106,51 +1124,60 @@
   <si>
     <t>MARCO GABRIELE</t>
   </si>
   <si>
     <t>Directeur/trice Institut des Etudes Genre</t>
   </si>
   <si>
     <t>Directeur/trice Medi@LAB-Genève, Institut des sciences de la communication, des médias et du journalisme</t>
   </si>
   <si>
     <t>BALLEYS</t>
   </si>
   <si>
     <t>CLAIRE</t>
   </si>
   <si>
     <t>Directeur/trice Institut de démographie et socioéconomie</t>
   </si>
   <si>
     <t>ROSSIER</t>
   </si>
   <si>
     <t>CLEMENTINE</t>
   </si>
   <si>
-    <t>Directeur/trice Institut de la gouvernance de l'environnement et du développement territorial - Ad intermin</t>
+    <t>Directeur/trice Institut d'histoire économique Paul Bairoch</t>
+  </si>
+  <si>
+    <t>NOGUES-MARCO</t>
+  </si>
+  <si>
+    <t>PILAR</t>
+  </si>
+  <si>
+    <t>Directeur/trice Institut de la gouvernance de l'environnement et du développement territorial</t>
   </si>
   <si>
     <t>BRETHAUT</t>
   </si>
   <si>
     <t>CHRISTIAN</t>
   </si>
   <si>
     <t>Directeur/trice Institut de recherches sociologiques</t>
   </si>
   <si>
     <t>DANIEL SAHAKIAN GIRARD</t>
   </si>
   <si>
     <t>MARLYNE</t>
   </si>
   <si>
     <t>Faculté de traduction et d'interprétation</t>
   </si>
   <si>
     <t>Doyen-ne Faculté de traduction et d'interprétation</t>
   </si>
   <si>
     <t>BOUILLON</t>
   </si>
@@ -1175,51 +1202,51 @@
   <si>
     <t>Directeur/trice Département de traduction</t>
   </si>
   <si>
     <t>FONTANET</t>
   </si>
   <si>
     <t>MATHILDE</t>
   </si>
   <si>
     <t>FELICI</t>
   </si>
   <si>
     <t>ANNARITA</t>
   </si>
   <si>
     <t>Directeur/trice Département d'interprétation</t>
   </si>
   <si>
     <t>RUIZ ROSENDO</t>
   </si>
   <si>
     <t>LUCIA</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Département traitement informatique multilingue </t>
+    <t>Directeur/trice Département traitement informatique multilingue</t>
   </si>
   <si>
     <t>PICTON</t>
   </si>
   <si>
     <t>AURELIE</t>
   </si>
   <si>
     <t>Centres et instituts</t>
   </si>
   <si>
     <t>Directeur/trice Centre de bioéthique (CIBHM)</t>
   </si>
   <si>
     <t>WENGER</t>
   </si>
   <si>
     <t>ALEXANDRE CHARLES</t>
   </si>
   <si>
     <t>Directeur/trice Centre interfacultaire en droits de l'enfant (CIDE)</t>
   </si>
   <si>
     <t>HANSON</t>
   </si>
@@ -1259,136 +1286,126 @@
   <si>
     <t>SCAILLET</t>
   </si>
   <si>
     <t>Directeur/trice Global Studies Institute (GSI)</t>
   </si>
   <si>
     <t>CARRERE</t>
   </si>
   <si>
     <t>CELINE</t>
   </si>
   <si>
     <t>Directeur/trice adjoint-e Global Studies Institute (GSI)</t>
   </si>
   <si>
     <t>PECLARD</t>
   </si>
   <si>
     <t>DIDIER</t>
   </si>
   <si>
     <t>DAGRON</t>
   </si>
   <si>
+    <t>Directeur/trice Institut de génétique et de génomique (IGE3)</t>
+  </si>
+  <si>
     <t>Directeur/trice Académique projet InZone (INZON)</t>
   </si>
   <si>
     <t>BLANCHET</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Centre d’études humanitaire Genève </t>
+    <t>Directeur/trice Centre d’études humanitaire Genève</t>
   </si>
   <si>
     <t>Directeur/trice Institut des Sciences de l'Environnement (ISE)</t>
   </si>
   <si>
     <t>KASPARIAN</t>
   </si>
   <si>
-    <t xml:space="preserve">Directeur/trice Maison de l'Histoire (MDH) </t>
+    <t>Directeur/trice Maison de l'Histoire (MDH)</t>
   </si>
   <si>
     <t>AMACHER</t>
   </si>
   <si>
     <t>KORINE</t>
   </si>
   <si>
     <t>Directeur/trice Institut d'histoire de la Réformation (HIRE)</t>
   </si>
   <si>
     <t>ZAHND</t>
   </si>
   <si>
     <t>ULRICH</t>
   </si>
   <si>
     <t>Directeur/trice Centre universitaire d'informatique (NCUIN)</t>
   </si>
   <si>
     <t>MARCHAND-MAILLET</t>
   </si>
   <si>
     <t>STEPHANE</t>
-  </si>
-[...4 lines deleted...]
-    <t>MAULINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
-    </font>
-[...4 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFE9566"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -1406,165 +1423,154 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyBorder="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyBorder="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="17" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...10 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="2" applyBorder="1"/>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 4" xfId="2" xr:uid="{9898DAC3-EC26-4897-9001-06F3B0762980}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal_0601BASE" xfId="1" xr:uid="{90799C4E-33C7-4708-92EC-5B1662C0DD62}"/>
+    <cellStyle name="Normal 4" xfId="2" xr:uid="{436E9F11-1EA8-4B58-A5C3-CC356B77BAE0}"/>
+    <cellStyle name="Normal_0503BASE" xfId="3" xr:uid="{1C861717-B7E9-46F9-954C-684377573E95}"/>
+    <cellStyle name="Normal_0601BASE" xfId="1" xr:uid="{2CDCA67A-AF24-45C6-873D-6D6152C0FBB7}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <b val="0"/>
         <i/>
         <strike val="0"/>
         <color rgb="FF0070C0"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>65942</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>2246532</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>871109</xdr:rowOff>
+      <xdr:rowOff>864759</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CBBE2C8-0EF2-43B2-98E7-C4495B547BA0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC43209D-F5A1-4520-8B01-445B174479D2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="65942" y="0"/>
-          <a:ext cx="2180590" cy="871109"/>
+          <a:ext cx="2180590" cy="864759"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="1">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
@@ -1821,3126 +1827,3187 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBFFB208-4FBD-4947-98A9-E763F8B73F54}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E980C4AE-8B89-4B7E-A7C3-58F15B25D7FC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F152"/>
+  <dimension ref="A1:F155"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" showRuler="0" showWhiteSpace="0" zoomScale="106" zoomScaleNormal="106" zoomScaleSheetLayoutView="96" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+    <sheetView showGridLines="0" tabSelected="1" showRuler="0" showWhiteSpace="0" zoomScale="113" zoomScaleNormal="113" zoomScaleSheetLayoutView="96" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A52" sqref="A52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="45.42578125" style="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="4"/>
+    <col min="1" max="1" width="46.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="103.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.7109375" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12.5703125" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="2" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1"/>
-[...3 lines deleted...]
-      <c r="F1" s="1"/>
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
     </row>
     <row r="2" spans="1:6" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="10"/>
-[...1 lines deleted...]
-      <c r="C2" s="3"/>
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="2"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="6" t="s">
+      <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="6" t="s">
+      <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="6" t="s">
+      <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A4" s="11" t="s">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="8" t="s">
+      <c r="B4" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="C4" s="8" t="s">
+      <c r="C4" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="D4" s="8" t="s">
+      <c r="D4" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="E4" s="9">
+      <c r="E4" s="8">
         <v>45122</v>
       </c>
-      <c r="F4" s="9">
+      <c r="F4" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A5" s="11" t="s">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="8" t="s">
+      <c r="B5" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C5" s="8" t="s">
+      <c r="C5" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="D5" s="8" t="s">
+      <c r="D5" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="9">
+      <c r="E5" s="8">
         <v>45122</v>
       </c>
-      <c r="F5" s="9">
+      <c r="F5" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A6" s="11" t="s">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="8" t="s">
+      <c r="B6" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="8" t="s">
+      <c r="C6" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="D6" s="8" t="s">
+      <c r="D6" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="E6" s="9">
+      <c r="E6" s="8">
         <v>45122</v>
       </c>
-      <c r="F6" s="9">
+      <c r="F6" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A7" s="11" t="s">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="8" t="s">
+      <c r="B7" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C7" s="8" t="s">
+      <c r="C7" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="8" t="s">
+      <c r="D7" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="9">
+      <c r="E7" s="8">
         <v>45122</v>
       </c>
-      <c r="F7" s="9">
+      <c r="F7" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A8" s="11" t="s">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="8" t="s">
+      <c r="B8" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="D8" s="8" t="s">
+      <c r="D8" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="E8" s="9">
+      <c r="E8" s="8">
         <v>45870</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A9" s="11" t="s">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="8" t="s">
+      <c r="B9" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="D9" s="8" t="s">
+      <c r="D9" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E9" s="8">
         <v>45488</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A10" s="11" t="s">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="8" t="s">
+      <c r="B10" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C10" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="D10" s="8" t="s">
+      <c r="D10" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="E10" s="9">
+      <c r="E10" s="8">
         <v>45488</v>
       </c>
-      <c r="F10" s="9">
+      <c r="F10" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A11" s="11" t="s">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="8" t="s">
+      <c r="B11" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="C11" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="D11" s="8" t="s">
+      <c r="D11" s="7" t="s">
         <v>28</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E11" s="8">
         <v>45853</v>
       </c>
-      <c r="F11" s="9">
+      <c r="F11" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A12" s="11" t="s">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="8" t="s">
+      <c r="B12" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="C12" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="D12" s="8" t="s">
+      <c r="D12" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E12" s="8">
         <v>45853</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="13" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A13" s="11" t="s">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="8" t="s">
+      <c r="B13" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="C13" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D13" s="8" t="s">
+      <c r="D13" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E13" s="9">
+      <c r="E13" s="8">
         <v>45853</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A14" s="11" t="s">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="8" t="s">
+      <c r="B14" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="C14" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="D14" s="8" t="s">
+      <c r="D14" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="E14" s="9">
+      <c r="E14" s="8">
         <v>45853</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A15" s="11" t="s">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="8" t="s">
+      <c r="B15" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="C15" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="D15" s="8" t="s">
+      <c r="D15" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E15" s="8">
         <v>45853</v>
       </c>
-      <c r="F15" s="9">
+      <c r="F15" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A16" s="11" t="s">
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A16" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="8" t="s">
+      <c r="B16" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="C16" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="D16" s="8" t="s">
+      <c r="D16" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E16" s="9">
+      <c r="E16" s="8">
         <v>45536</v>
       </c>
-      <c r="F16" s="9">
+      <c r="F16" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A17" s="11" t="s">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="8" t="s">
+      <c r="B17" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C17" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="D17" s="8" t="s">
+      <c r="D17" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E17" s="8">
         <v>45853</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A18" s="11" t="s">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="8" t="s">
+      <c r="B18" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="C18" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="D18" s="8" t="s">
+      <c r="D18" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="E18" s="9">
+      <c r="E18" s="8">
         <v>45122</v>
       </c>
-      <c r="F18" s="9">
+      <c r="F18" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A19" s="11" t="s">
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B19" s="8" t="s">
+      <c r="B19" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="C19" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="D19" s="8" t="s">
+      <c r="D19" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E19" s="8">
         <v>45853</v>
       </c>
-      <c r="F19" s="9">
+      <c r="F19" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="20" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A20" s="11" t="s">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B20" s="8" t="s">
+      <c r="B20" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C20" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="D20" s="8" t="s">
+      <c r="D20" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="E20" s="9">
+      <c r="E20" s="8">
         <v>45853</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A21" s="11" t="s">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B21" s="8" t="s">
+      <c r="B21" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="C21" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="D21" s="8" t="s">
+      <c r="D21" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="E21" s="9">
+      <c r="E21" s="8">
         <v>45853</v>
       </c>
-      <c r="F21" s="9">
+      <c r="F21" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A22" s="11" t="s">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="8" t="s">
+      <c r="B22" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="C22" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="D22" s="8" t="s">
+      <c r="D22" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="E22" s="9">
+      <c r="E22" s="8">
         <v>45853</v>
       </c>
-      <c r="F22" s="9">
+      <c r="F22" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A23" s="11" t="s">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B23" s="8" t="s">
+      <c r="B23" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="C23" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="D23" s="8" t="s">
+      <c r="D23" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E23" s="8">
         <v>45853</v>
       </c>
-      <c r="F23" s="9">
+      <c r="F23" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A24" s="11" t="s">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B24" s="8" t="s">
+      <c r="B24" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="C24" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="D24" s="8" t="s">
+      <c r="D24" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="E24" s="9">
+      <c r="E24" s="8">
         <v>45853</v>
       </c>
-      <c r="F24" s="9">
+      <c r="F24" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A25" s="11" t="s">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B25" s="8" t="s">
+      <c r="B25" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="C25" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="D25" s="8" t="s">
+      <c r="D25" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="E25" s="9">
+      <c r="E25" s="8">
         <v>45853</v>
       </c>
-      <c r="F25" s="9">
+      <c r="F25" s="8">
         <v>46067</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A26" s="11" t="s">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B26" s="8" t="s">
+      <c r="B26" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="C26" s="8" t="s">
+      <c r="C26" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="D26" s="8" t="s">
+      <c r="D26" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E26" s="8">
         <v>45122</v>
       </c>
-      <c r="F26" s="9">
+      <c r="F26" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A27" s="11" t="s">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B27" s="8" t="s">
+      <c r="B27" s="7" t="s">
         <v>72</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="D27" s="8" t="s">
+      <c r="D27" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="E27" s="9">
+      <c r="E27" s="8">
         <v>45853</v>
       </c>
-      <c r="F27" s="9">
+      <c r="F27" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="11" t="s">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B28" s="8" t="s">
+      <c r="B28" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="C28" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="D28" s="8" t="s">
+      <c r="D28" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="E28" s="9">
+      <c r="E28" s="8">
         <v>45122</v>
       </c>
-      <c r="F28" s="9">
+      <c r="F28" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A29" s="11" t="s">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B29" s="8" t="s">
+      <c r="B29" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="C29" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="D29" s="8" t="s">
+      <c r="D29" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E29" s="8">
         <v>45853</v>
       </c>
-      <c r="F29" s="9">
+      <c r="F29" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="30" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A30" s="11" t="s">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B30" s="8" t="s">
+      <c r="B30" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C30" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="D30" s="8" t="s">
+      <c r="D30" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="E30" s="9">
+      <c r="E30" s="8">
         <v>45853</v>
       </c>
-      <c r="F30" s="9">
+      <c r="F30" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="31" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A31" s="11" t="s">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B31" s="8" t="s">
+      <c r="B31" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="C31" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="D31" s="8" t="s">
+      <c r="D31" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="E31" s="9">
+      <c r="E31" s="8">
         <v>45122</v>
       </c>
-      <c r="F31" s="9">
+      <c r="F31" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="32" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A32" s="11" t="s">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B32" s="8" t="s">
+      <c r="B32" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="C32" s="8" t="s">
+      <c r="C32" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="D32" s="8" t="s">
+      <c r="D32" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="E32" s="9">
+      <c r="E32" s="8">
         <v>45122</v>
       </c>
-      <c r="F32" s="9">
+      <c r="F32" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A33" s="11" t="s">
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B33" s="8" t="s">
+      <c r="B33" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="C33" s="8" t="s">
+      <c r="C33" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="D33" s="8" t="s">
+      <c r="D33" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="E33" s="9">
+      <c r="E33" s="8">
         <v>45853</v>
       </c>
-      <c r="F33" s="9">
+      <c r="F33" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="34" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A34" s="11" t="s">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B34" s="8" t="s">
+      <c r="B34" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C34" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="D34" s="8" t="s">
+      <c r="D34" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="E34" s="9">
+      <c r="E34" s="8">
         <v>45853</v>
       </c>
-      <c r="F34" s="9">
+      <c r="F34" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="35" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A35" s="11" t="s">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B35" s="8" t="s">
+      <c r="B35" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="C35" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="D35" s="8" t="s">
+      <c r="D35" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="E35" s="9">
+      <c r="E35" s="8">
         <v>45853</v>
       </c>
-      <c r="F35" s="9">
+      <c r="F35" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="36" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A36" s="11" t="s">
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B36" s="8" t="s">
+      <c r="B36" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="C36" s="8" t="s">
+      <c r="C36" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="D36" s="8" t="s">
+      <c r="D36" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="E36" s="9">
+      <c r="E36" s="8">
         <v>45853</v>
       </c>
-      <c r="F36" s="9">
+      <c r="F36" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="37" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A37" s="11" t="s">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B37" s="8" t="s">
+      <c r="B37" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="C37" s="8" t="s">
+      <c r="C37" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="D37" s="8" t="s">
+      <c r="D37" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="E37" s="9">
+      <c r="E37" s="8">
         <v>45853</v>
       </c>
-      <c r="F37" s="9">
+      <c r="F37" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="38" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A38" s="11" t="s">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B38" s="8" t="s">
+      <c r="B38" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="C38" s="8" t="s">
+      <c r="C38" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="D38" s="8" t="s">
+      <c r="D38" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="E38" s="9">
+      <c r="E38" s="8">
         <v>45853</v>
       </c>
-      <c r="F38" s="9">
+      <c r="F38" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="39" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A39" s="11" t="s">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="B39" s="8" t="s">
+      <c r="B39" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C39" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="D39" s="8" t="s">
+      <c r="D39" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="E39" s="9">
+      <c r="E39" s="8">
         <v>45853</v>
       </c>
-      <c r="F39" s="9">
+      <c r="F39" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="40" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A40" s="11" t="s">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B40" s="8" t="s">
+      <c r="B40" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="C40" s="8" t="s">
+      <c r="C40" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="D40" s="8" t="s">
+      <c r="D40" s="7" t="s">
         <v>113</v>
       </c>
-      <c r="E40" s="9">
+      <c r="E40" s="8">
         <v>45122</v>
       </c>
-      <c r="F40" s="9">
+      <c r="F40" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A41" s="11" t="s">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B41" s="8" t="s">
+      <c r="B41" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="C41" s="8" t="s">
+      <c r="C41" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="D41" s="8" t="s">
+      <c r="D41" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="E41" s="9">
+      <c r="E41" s="8">
         <v>45122</v>
       </c>
-      <c r="F41" s="9">
+      <c r="F41" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="42" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A42" s="11" t="s">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A42" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B42" s="8" t="s">
+      <c r="B42" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C42" s="8" t="s">
+      <c r="C42" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="D42" s="8" t="s">
+      <c r="D42" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="E42" s="9">
+      <c r="E42" s="8">
         <v>43661</v>
       </c>
-      <c r="F42" s="9">
+      <c r="F42" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="43" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A43" s="11" t="s">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A43" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B43" s="8" t="s">
+      <c r="B43" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C43" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="D43" s="8" t="s">
+      <c r="D43" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="E43" s="9">
+      <c r="E43" s="8">
         <v>45122</v>
       </c>
-      <c r="F43" s="9">
+      <c r="F43" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="44" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A44" s="11" t="s">
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B44" s="8" t="s">
+      <c r="B44" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="C44" s="8" t="s">
+      <c r="C44" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="D44" s="8" t="s">
+      <c r="D44" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="E44" s="9">
+      <c r="E44" s="8">
         <v>45122</v>
       </c>
-      <c r="F44" s="9">
+      <c r="F44" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="45" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A45" s="11" t="s">
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B45" s="8" t="s">
+      <c r="B45" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="C45" s="8" t="s">
+      <c r="C45" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="D45" s="8" t="s">
+      <c r="D45" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="E45" s="9">
+      <c r="E45" s="8">
         <v>45122</v>
       </c>
-      <c r="F45" s="9">
+      <c r="F45" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="46" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A46" s="11" t="s">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B46" s="8" t="s">
+      <c r="B46" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="C46" s="8" t="s">
+      <c r="C46" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="D46" s="8" t="s">
+      <c r="D46" s="7" t="s">
         <v>130</v>
       </c>
-      <c r="E46" s="9">
+      <c r="E46" s="8">
         <v>45383</v>
       </c>
-      <c r="F46" s="9">
+      <c r="F46" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A47" s="11" t="s">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B47" s="8" t="s">
+      <c r="B47" s="7" t="s">
         <v>131</v>
       </c>
-      <c r="C47" s="8" t="s">
+      <c r="C47" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="D47" s="8" t="s">
+      <c r="D47" s="7" t="s">
         <v>133</v>
       </c>
-      <c r="E47" s="9">
+      <c r="E47" s="8">
         <v>45383</v>
       </c>
-      <c r="F47" s="9">
+      <c r="F47" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="48" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A48" s="11" t="s">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B48" s="8" t="s">
+      <c r="B48" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="C48" s="8" t="s">
+      <c r="C48" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="D48" s="8" t="s">
+      <c r="D48" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="E48" s="9">
+      <c r="E48" s="8">
         <v>45383</v>
       </c>
-      <c r="F48" s="9">
+      <c r="F48" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A49" s="11" t="s">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A49" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B49" s="8" t="s">
+      <c r="B49" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="C49" s="8" t="s">
+      <c r="C49" s="7" t="s">
         <v>138</v>
       </c>
-      <c r="D49" s="8" t="s">
+      <c r="D49" s="7" t="s">
         <v>139</v>
       </c>
-      <c r="E49" s="9">
+      <c r="E49" s="8">
+        <v>45901</v>
+      </c>
+      <c r="F49" s="8">
+        <v>47361</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="E50" s="8">
         <v>45122</v>
       </c>
-      <c r="F49" s="9">
+      <c r="F50" s="8">
         <v>46582</v>
       </c>
     </row>
-    <row r="50" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-      <c r="A50" s="11" t="s">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="B50" s="8" t="s">
-[...5 lines deleted...]
-      <c r="D50" s="8" t="s">
+      <c r="B51" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="E51" s="8">
+        <v>43374</v>
+      </c>
+      <c r="F51" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A52" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="E52" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F52" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="E53" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F53" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="E54" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F54" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="E55" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F55" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E56" s="8">
+        <v>45717</v>
+      </c>
+      <c r="F56" s="8">
+        <v>47177</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="E57" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F57" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="E58" s="8">
+        <v>44835</v>
+      </c>
+      <c r="F58" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="E59" s="8">
+        <v>46023</v>
+      </c>
+      <c r="F59" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E60" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F60" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="E61" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F61" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E62" s="8">
+        <v>45931</v>
+      </c>
+      <c r="F62" s="8">
+        <v>46309</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="E63" s="8">
+        <v>42370</v>
+      </c>
+      <c r="F63" s="8">
+        <v>46295</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A64" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="E64" s="8">
+        <v>43374</v>
+      </c>
+      <c r="F64" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="E65" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F65" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A66" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="E66" s="8">
+        <v>45566</v>
+      </c>
+      <c r="F66" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A67" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="E67" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F67" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A68" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="E68" s="8">
+        <v>42139</v>
+      </c>
+      <c r="F68" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="E69" s="8">
+        <v>45092</v>
+      </c>
+      <c r="F69" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A70" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="E70" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F70" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A71" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="E71" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F71" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A72" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="E72" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F72" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A73" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="E73" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F73" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E74" s="8">
+        <v>46037</v>
+      </c>
+      <c r="F74" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A75" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="E75" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F75" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A76" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="E76" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F76" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A77" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="E77" s="8">
+        <v>45352</v>
+      </c>
+      <c r="F77" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A78" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="E78" s="8">
+        <v>46037</v>
+      </c>
+      <c r="F78" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A79" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="E79" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F79" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A80" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="E80" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F80" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A81" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D81" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="E81" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F81" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A82" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="E82" s="8">
+        <v>44941</v>
+      </c>
+      <c r="F82" s="8">
+        <v>46401</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A83" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="E83" s="8">
+        <v>45306</v>
+      </c>
+      <c r="F83" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A84" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="D84" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="E84" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F84" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A85" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D85" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="E85" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F85" s="8">
+        <v>46401</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A86" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="D86" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="E86" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F86" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A87" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="D87" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="E87" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F87" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="D88" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="E88" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F88" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A89" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="D89" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="E89" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F89" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A90" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="D90" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="E90" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F90" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A91" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="D91" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="E91" s="8">
+        <v>45352</v>
+      </c>
+      <c r="F91" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A92" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="D92" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="E92" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F92" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A93" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="D93" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="E93" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F93" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A94" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="D94" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="E94" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F94" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A95" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="D95" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="E95" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F95" s="8">
+        <v>46067</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A96" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="D96" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="E96" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F96" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A97" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="D97" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="E97" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F97" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A98" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="D98" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="E98" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F98" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A99" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="D99" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="E99" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F99" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A100" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="D100" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="E100" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F100" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A101" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="D101" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="E101" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F101" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A102" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="D102" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="E102" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F102" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A103" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="D103" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="E103" s="8">
+        <v>45352</v>
+      </c>
+      <c r="F103" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A104" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>288</v>
+      </c>
+      <c r="D104" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="E104" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F104" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A105" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="D105" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="E105" s="8">
+        <v>45184</v>
+      </c>
+      <c r="F105" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A106" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="D106" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="E106" s="8">
+        <v>45658</v>
+      </c>
+      <c r="F106" s="8">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A107" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="D107" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="E107" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F107" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A108" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="D108" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="E108" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F108" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A109" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="D109" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="E109" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F109" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A110" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>306</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="D110" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="E110" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F110" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A111" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="D111" s="7" t="s">
+        <v>311</v>
+      </c>
+      <c r="E111" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F111" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A112" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D112" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="E112" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F112" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A113" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>314</v>
+      </c>
+      <c r="D113" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="E113" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F113" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A114" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="D114" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E114" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F114" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A115" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="D115" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="E115" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F115" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A116" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>322</v>
+      </c>
+      <c r="D116" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="E116" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F116" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A117" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="D117" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="E117" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F117" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A118" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="D118" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="E118" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F118" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A119" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="D119" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="E119" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F119" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A120" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="C120" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="D120" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="E120" s="8">
+        <v>46054</v>
+      </c>
+      <c r="F120" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A121" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="D121" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="E121" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F121" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A122" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>338</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="D122" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="E122" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F122" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A123" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>341</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="D123" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="E123" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F123" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A124" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="D124" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="E124" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F124" s="8">
+        <v>46582</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A125" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="D125" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="E125" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F125" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A126" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="D126" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="E126" s="8">
+        <v>46037</v>
+      </c>
+      <c r="F126" s="8">
+        <v>46766</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A127" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="D127" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="E127" s="8">
+        <v>45000</v>
+      </c>
+      <c r="F127" s="8">
+        <v>46095</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A128" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="C128" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="D128" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="E128" s="8">
+        <v>45611</v>
+      </c>
+      <c r="F128" s="8">
+        <v>46705</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A129" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>357</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="D129" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="E129" s="8">
+        <v>45580</v>
+      </c>
+      <c r="F129" s="8">
+        <v>46674</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A130" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="D130" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="E130" s="8">
+        <v>45884</v>
+      </c>
+      <c r="F130" s="8">
+        <v>46979</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A131" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>364</v>
+      </c>
+      <c r="D131" s="7" t="s">
+        <v>365</v>
+      </c>
+      <c r="E131" s="8">
+        <v>45870</v>
+      </c>
+      <c r="F131" s="8">
+        <v>46234</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A132" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>366</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="D132" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="E132" s="8">
+        <v>45337</v>
+      </c>
+      <c r="F132" s="8">
+        <v>46432</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A133" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>370</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>371</v>
+      </c>
+      <c r="D133" s="7" t="s">
+        <v>372</v>
+      </c>
+      <c r="E133" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F133" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A134" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>374</v>
+      </c>
+      <c r="D134" s="7" t="s">
+        <v>375</v>
+      </c>
+      <c r="E134" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F134" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A135" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>376</v>
+      </c>
+      <c r="D135" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="E135" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F135" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A136" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="C136" s="7" t="s">
+        <v>379</v>
+      </c>
+      <c r="D136" s="7" t="s">
+        <v>380</v>
+      </c>
+      <c r="E136" s="8">
+        <v>45122</v>
+      </c>
+      <c r="F136" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A137" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>381</v>
+      </c>
+      <c r="D137" s="7" t="s">
+        <v>382</v>
+      </c>
+      <c r="E137" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F137" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A138" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>384</v>
+      </c>
+      <c r="D138" s="7" t="s">
+        <v>385</v>
+      </c>
+      <c r="E138" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F138" s="8">
+        <v>46217</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A139" s="7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>386</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>387</v>
+      </c>
+      <c r="D139" s="7" t="s">
+        <v>388</v>
+      </c>
+      <c r="E139" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F139" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A140" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>390</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>391</v>
+      </c>
+      <c r="D140" s="7" t="s">
+        <v>392</v>
+      </c>
+      <c r="E140" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F140" s="8">
+        <v>47678</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A141" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>393</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="D141" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="E141" s="8">
+        <v>45306</v>
+      </c>
+      <c r="F141" s="8">
+        <v>46735</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A142" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>396</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>397</v>
+      </c>
+      <c r="D142" s="7" t="s">
+        <v>398</v>
+      </c>
+      <c r="E142" s="8">
+        <v>44927</v>
+      </c>
+      <c r="F142" s="8">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A143" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>399</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>400</v>
+      </c>
+      <c r="D143" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="E143" s="8">
+        <v>46023</v>
+      </c>
+      <c r="F143" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A144" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>402</v>
+      </c>
+      <c r="C144" s="7" t="s">
+        <v>403</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="E144" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F144" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A145" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>406</v>
+      </c>
+      <c r="D145" s="7" t="s">
         <v>142</v>
       </c>
-      <c r="E50" s="9">
-[...2 lines deleted...]
-      <c r="F50" s="9">
+      <c r="E145" s="8">
+        <v>45488</v>
+      </c>
+      <c r="F145" s="8">
         <v>46217</v>
       </c>
     </row>
-    <row r="51" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-[...32 lines deleted...]
-      <c r="E52" s="9">
+    <row r="146" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A146" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>407</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>408</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>409</v>
+      </c>
+      <c r="E146" s="8">
+        <v>45383</v>
+      </c>
+      <c r="F146" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A147" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>411</v>
+      </c>
+      <c r="D147" s="7" t="s">
+        <v>412</v>
+      </c>
+      <c r="E147" s="8">
+        <v>45383</v>
+      </c>
+      <c r="F147" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A148" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>410</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>413</v>
+      </c>
+      <c r="D148" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="E148" s="8">
+        <v>45383</v>
+      </c>
+      <c r="F148" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A149" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>414</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="D149" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="E149" s="8">
+        <v>45884</v>
+      </c>
+      <c r="F149" s="8">
+        <v>46613</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A150" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>415</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="D150" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="E150" s="8">
+        <v>43784</v>
+      </c>
+      <c r="F150" s="8">
+        <v>46705</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A151" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>417</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>416</v>
+      </c>
+      <c r="D151" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="E151" s="8">
+        <v>43784</v>
+      </c>
+      <c r="F151" s="8">
+        <v>46705</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A152" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>418</v>
+      </c>
+      <c r="C152" s="7" t="s">
+        <v>419</v>
+      </c>
+      <c r="D152" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E152" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F152" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A153" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>420</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>421</v>
+      </c>
+      <c r="D153" s="7" t="s">
+        <v>422</v>
+      </c>
+      <c r="E153" s="8">
+        <v>45853</v>
+      </c>
+      <c r="F153" s="8">
+        <v>47313</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A154" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>423</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>424</v>
+      </c>
+      <c r="D154" s="7" t="s">
+        <v>425</v>
+      </c>
+      <c r="E154" s="8">
+        <v>45505</v>
+      </c>
+      <c r="F154" s="8">
+        <v>46948</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A155" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>426</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>427</v>
+      </c>
+      <c r="D155" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="E155" s="8">
         <v>45488</v>
       </c>
-      <c r="F52" s="9">
+      <c r="F155" s="8">
         <v>46948</v>
       </c>
     </row>
-    <row r="53" spans="1:6" ht="15" x14ac:dyDescent="0.25">
-[...1998 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="W3yG097n2nQM1pHVxDn3UTUKLT+tGmNzvM98hvESQRaNxYOudDnYD4eleoN5UuWrEDWQxlCjc4oqOa+P6bwX0A==" saltValue="0wBsDxqkoekiouqBmLCkHA==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
-  <autoFilter ref="A3:F3" xr:uid="{00000000-0009-0000-0000-000008000000}"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="+EiIG7zf7nrK4vjAg1e+8mD27Nqi0mv0vScI3I2QFOi6Yj5UKdJw4trFoq2vQpMuHSGEAmLfjI0fMUJlebUSmg==" saltValue="ErHU3Osf1C4thXfnGswecA==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
+  <autoFilter ref="A3:F155" xr:uid="{00000000-0009-0000-0000-000008000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
-  <conditionalFormatting sqref="A1:A3 C1:F3 A153:A1048576 C153:F1048576">
+  <conditionalFormatting sqref="A1:F1048576">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>"non nommé"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.9055118110236221" right="0.70866141732283472" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="56" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;L&amp;"Arial,Italique"&amp;8Liste des doyen-nes, vice-doyen-nes, président-es, vice-président-es, directeurs/trices de Facultés, Centres et Institut&amp;R&amp;"Arial,Italique"&amp;8Division des ressources humaines, Cré. SCIRH 25.09.25/Modif.
+    <oddFooter>&amp;L&amp;"Arial,Italique"&amp;8Liste des doyen-nes, vice-doyen-nes, président-es, vice-président-es, directeurs/trices de Facultés, Centres et Institut&amp;R&amp;"Arial,Italique"&amp;8Division des ressources humaines, Cré. SCIRH 27.03.2019/Modif.
 SCGSI &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Memento 09.25</vt:lpstr>
-      <vt:lpstr>'Memento 09.25'!Impression_des_titres</vt:lpstr>
+      <vt:lpstr>Memento_02.2026</vt:lpstr>
+      <vt:lpstr>Memento_02.2026!Impression_des_titres</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Laure Walpen</dc:creator>
+  <dc:creator>Amandine Janin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>