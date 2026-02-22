--- v1 (2026-02-01)
+++ v2 (2026-02-22)
@@ -7,84 +7,84 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\SCGSI_Pole_Operationnel\INDEMNITES DE DIRECTION\02_Memento\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CD9BD8F9-E049-4CB2-AB9E-51F1C0296402}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="PcG9W3VbIRU6meadq2Rcy/x1/xd2d5EBOnntlTN1nX39vwSfN++TRUXf21nInPTD9Hd+CrUBbzs6TAtvG1zANA==" workbookSaltValue="sLnN2HQypZyRuGxa3ucFpA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5078EE2F-9642-47D5-99FC-2A223BE6E7C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="pA5x3iN2XR3ddsLsXnKGAGahN2vn2Dqus+Mqg8HvSesOW5FeZAOmYv2MZODDg92Dhr7q/8QCZaH84Re62Sdfnw==" workbookSaltValue="An9/LFl2m/7Gb9U+IZn2iA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{DEDC882E-521C-4284-8496-5FC79200B369}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{DEDC882E-521C-4284-8496-5FC79200B369}"/>
   </bookViews>
   <sheets>
     <sheet name="Memento_02.2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Memento_02.2026!$A$3:$F$155</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Memento_02.2026!$1:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="619" uniqueCount="431">
   <si>
     <t xml:space="preserve">                                                           Liste des doyen-nes, vice-doyen-nes, président-es, vice-président-es, directeurs/trices
                                                            de Facultés, Centres et Instituts
                                                            Situation - Février 2026</t>
   </si>
   <si>
     <t>Faculté / Centre</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Nom</t>
   </si>
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Date début</t>
   </si>
   <si>
     <t>Date fin</t>
   </si>
   <si>
     <t>Faculté des sciences</t>
@@ -1329,50 +1329,56 @@
     <t>Directeur/trice Maison de l'Histoire (MDH)</t>
   </si>
   <si>
     <t>AMACHER</t>
   </si>
   <si>
     <t>KORINE</t>
   </si>
   <si>
     <t>Directeur/trice Institut d'histoire de la Réformation (HIRE)</t>
   </si>
   <si>
     <t>ZAHND</t>
   </si>
   <si>
     <t>ULRICH</t>
   </si>
   <si>
     <t>Directeur/trice Centre universitaire d'informatique (NCUIN)</t>
   </si>
   <si>
     <t>MARCHAND-MAILLET</t>
   </si>
   <si>
     <t>STEPHANE</t>
+  </si>
+  <si>
+    <t>Directeur/trice Institut Universitaire de formation des enseignants (IUFE)</t>
+  </si>
+  <si>
+    <t>MAULINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1831,55 +1837,55 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E980C4AE-8B89-4B7E-A7C3-58F15B25D7FC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F155"/>
+  <dimension ref="A1:F156"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showRuler="0" showWhiteSpace="0" zoomScale="113" zoomScaleNormal="113" zoomScaleSheetLayoutView="96" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A52" sqref="A52"/>
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="46.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="103.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="30.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="12.7109375" style="3" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="78.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
     </row>
     <row r="2" spans="1:6" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="1"/>
@@ -4924,52 +4930,72 @@
       </c>
       <c r="F154" s="8">
         <v>46948</v>
       </c>
     </row>
     <row r="155" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A155" s="7" t="s">
         <v>389</v>
       </c>
       <c r="B155" s="7" t="s">
         <v>426</v>
       </c>
       <c r="C155" s="7" t="s">
         <v>427</v>
       </c>
       <c r="D155" s="7" t="s">
         <v>428</v>
       </c>
       <c r="E155" s="8">
         <v>45488</v>
       </c>
       <c r="F155" s="8">
         <v>46948</v>
       </c>
     </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A156" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>429</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>430</v>
+      </c>
+      <c r="D156" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="E156" s="8">
+        <v>44757</v>
+      </c>
+      <c r="F156" s="8">
+        <v>46217</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+EiIG7zf7nrK4vjAg1e+8mD27Nqi0mv0vScI3I2QFOi6Yj5UKdJw4trFoq2vQpMuHSGEAmLfjI0fMUJlebUSmg==" saltValue="ErHU3Osf1C4thXfnGswecA==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="SUxP+L0n+0nsQKfV0P5o3Y0TGW0uIie9gkv1x6L2iRoyoom+BFpTT1dvry1nknixT17ZZi778anrifn/FGWbag==" saltValue="4l0FAmrp8zmFrvQHUOcJng==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
   <autoFilter ref="A3:F155" xr:uid="{00000000-0009-0000-0000-000008000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <conditionalFormatting sqref="A1:F1048576">
     <cfRule type="cellIs" dxfId="0" priority="1" operator="equal">
       <formula>"non nommé"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.9055118110236221" right="0.70866141732283472" top="0.74803149606299213" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="55" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Arial,Italique"&amp;8Liste des doyen-nes, vice-doyen-nes, président-es, vice-président-es, directeurs/trices de Facultés, Centres et Institut&amp;R&amp;"Arial,Italique"&amp;8Division des ressources humaines, Cré. SCIRH 27.03.2019/Modif.
 SCGSI &amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>